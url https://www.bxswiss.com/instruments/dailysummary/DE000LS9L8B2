--- v0 (2025-11-14)
+++ v1 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5b1acb042ec94c2b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8af29285f5034c99" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R964ed97292194f94"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7c2addaa47084bbc"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb62a0426bcfb4898" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R964ed97292194f94" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R209f2614d11c449f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7c2addaa47084bbc" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Top Dividenden Europa</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9L8B2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>13.10.2025</x:t>
-[...328 lines deleted...]
-          <x:t>156,455</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,416</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>158,008</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>156,389</x:t>
-[...301 lines deleted...]
-          <x:t>160,305</x:t>
+          <x:t>159,411</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,423</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,142</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,823</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,704</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,548</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,732</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,409</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,066</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,287</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,287</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,532</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,556</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,556</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,342</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,967</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,223</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>