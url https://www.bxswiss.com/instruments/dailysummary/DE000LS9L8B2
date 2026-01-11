--- v1 (2025-12-21)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8af29285f5034c99" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R442e3699443042d5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7c2addaa47084bbc"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcbe3c5a8d05e4a57"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R209f2614d11c449f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7c2addaa47084bbc" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7e1cc0faf6694aeb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcbe3c5a8d05e4a57" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Top Dividenden Europa</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9L8B2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>159,525</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>159,554</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>159,525</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>159,532</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>158,409</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>159,344</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>158,259</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>159,223</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,307</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,584</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,584</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,079</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,438</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,424</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,677</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,824</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,115</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>