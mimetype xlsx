--- v2 (2026-01-11)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R442e3699443042d5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re3a089593be64090" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcbe3c5a8d05e4a57"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R52f1fe4d2fbd493b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7e1cc0faf6694aeb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcbe3c5a8d05e4a57" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R99ced8d760a34abd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R52f1fe4d2fbd493b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Top Dividenden Europa</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9L8B2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>161,115</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,946</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,919</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,819</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,839</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,155</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,707</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,607</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,354</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,848</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,679</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,042</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,804</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,554</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,749</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,623</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,151</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,091</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,212</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>