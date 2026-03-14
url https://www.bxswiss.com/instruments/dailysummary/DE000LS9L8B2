--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re3a089593be64090" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R40e230e096784c8a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R52f1fe4d2fbd493b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfcd88a33cb814fdf"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R99ced8d760a34abd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R52f1fe4d2fbd493b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2682dc7a52754dc8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfcd88a33cb814fdf" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Top Dividenden Europa</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9L8B2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>165,992</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>166,894</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>165,008</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>165,554</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +359,463 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>169,286</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>169,346</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>168,506</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>169,212</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,212</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,157</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,655</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,872</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,657</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,424</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,733</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,903</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,847</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,844</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,499</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,556</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,179</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>