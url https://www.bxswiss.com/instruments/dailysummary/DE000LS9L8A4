--- v0 (2025-10-04)
+++ v1 (2025-10-24)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra7ef8b97c37f4eba" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdaa70adda2424192" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc7ba43403d744be2"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5b8dee9f969b4648"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbd536fff7a1b4101" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc7ba43403d744be2" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Raabbce96628444e5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5b8dee9f969b4648" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>My Global Players</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9L8A4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>22.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>144,625</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>144,755</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>144,199</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>144,391</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +413,409 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>148,133</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>148,142</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>147,418</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>147,617</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,937</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,032</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,586</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,334</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,584</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,724</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,018</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,638</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,893</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,556</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,699</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,643</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>