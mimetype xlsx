--- v1 (2025-10-24)
+++ v2 (2025-11-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdaa70adda2424192" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf225433fd71a45b0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5b8dee9f969b4648"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5543ec0213c24353"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Raabbce96628444e5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5b8dee9f969b4648" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb74faac431084a86" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5543ec0213c24353" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>My Global Players</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9L8A4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>22.09.2025</x:t>
-[...242 lines deleted...]
-          <x:t>03.10.2025</x:t>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,018</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,638</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,893</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,556</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,699</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,643</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,049</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,293</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,795</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>148,133</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...389 lines deleted...]
-          <x:t>147,643</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,023</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,708</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,981</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,608</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,763</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,204</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,909</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,909</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,751</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,039</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,033</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,160</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>