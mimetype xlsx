--- v2 (2025-11-15)
+++ v3 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf225433fd71a45b0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2f3e1bd508504fc9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5543ec0213c24353"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3aeb864e2d6c4ace"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb74faac431084a86" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5543ec0213c24353" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcf5339a495784858" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3aeb864e2d6c4ace" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>My Global Players</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9L8A4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.10.2025</x:t>
-[...640 lines deleted...]
-          <x:t>147,160</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,208</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,122</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,062</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,233</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,884</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,356</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,451</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,266</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,972</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,849</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,298</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,794</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,546</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,261</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,333</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,232</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,903</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,982</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>