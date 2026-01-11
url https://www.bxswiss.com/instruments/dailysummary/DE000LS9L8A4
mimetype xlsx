--- v3 (2025-12-20)
+++ v4 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2f3e1bd508504fc9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4a34bbb8d91a4430" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3aeb864e2d6c4ace"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7f743f2cb3d242ea"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcf5339a495784858" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3aeb864e2d6c4ace" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R56b99eb988654a43" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7f743f2cb3d242ea" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>My Global Players</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9L8A4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,529 +149,97 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...247 lines deleted...]
-          <x:t>151,329</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,546</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,535</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>151,567</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>150,761</x:t>
-[...219 lines deleted...]
-        <x:is>
           <x:t>152,261</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>153,422</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>153,705</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>153,048</x:t>
         </x:is>
       </x:c>
@@ -791,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>152,673</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>153,047</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>152,382</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>152,982</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,982</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,982</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,982</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,352</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,179</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,188</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,309</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,832</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,477</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>