--- v4 (2026-01-11)
+++ v5 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4a34bbb8d91a4430" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4dc08067f11b4dfc" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7f743f2cb3d242ea"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra61a9f657b7349b5"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R56b99eb988654a43" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7f743f2cb3d242ea" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7dac8f07906d4361" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra61a9f657b7349b5" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>My Global Players</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9L8A4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>157,477</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,464</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,099</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,956</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,347</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,382</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,038</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,614</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,067</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,067</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,292</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,234</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,624</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,378</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,731</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,810</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,894</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,126</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,538</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,333</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,498</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,498</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>