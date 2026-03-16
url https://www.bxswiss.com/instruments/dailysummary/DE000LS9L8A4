--- v5 (2026-02-22)
+++ v6 (2026-03-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4dc08067f11b4dfc" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6fac95b773004c2b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra61a9f657b7349b5"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R87a559f2a88740fa"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7dac8f07906d4361" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra61a9f657b7349b5" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R42959fdefc714bb6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R87a559f2a88740fa" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>My Global Players</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9L8A4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>12.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>162,932</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>163,558</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>162,208</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>162,920</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +332,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>163,027</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>163,053</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>162,354</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>162,498</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,278</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,643</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,336</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,134</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,262</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,068</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,818</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,482</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,968</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,844</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,054</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,261</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>