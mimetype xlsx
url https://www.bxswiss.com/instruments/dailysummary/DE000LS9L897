--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re0bd6563ce1c4714" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R402e5151e1224abf" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9c54583dbedb4f46"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc921412ac98e499f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Raedf83daa7f64473" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9c54583dbedb4f46" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd74300098381435c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc921412ac98e499f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>SuperTurnaround</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9L897</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>23.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>120,585</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>121,310</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>120,556</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>121,215</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>123,886</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>123,988</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>123,520</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>123,674</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,939</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,924</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,857</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,009</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,009</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,133</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,328</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,101</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,356</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,478</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,865</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>