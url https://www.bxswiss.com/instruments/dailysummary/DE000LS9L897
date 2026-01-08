--- v1 (2025-10-25)
+++ v2 (2026-01-08)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R402e5151e1224abf" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1f3d5cc2a90342c2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc921412ac98e499f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb2f5a29bcbf84b65"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd74300098381435c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc921412ac98e499f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbb1f8c5469aa492b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb2f5a29bcbf84b65" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>SuperTurnaround</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9L897</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>124,865</x:t>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,474</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,901</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,158</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,376</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,087</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,028</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,049</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,493</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,416</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,664</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,537</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,458</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,897</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,411</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,012</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>