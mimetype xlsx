--- v2 (2026-01-08)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1f3d5cc2a90342c2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7b0146bcd4184989" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb2f5a29bcbf84b65"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R76603d43e05149bc"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbb1f8c5469aa492b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb2f5a29bcbf84b65" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R56ee5929a2284d68" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R76603d43e05149bc" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>SuperTurnaround</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9L897</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>133,012</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,528</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,528</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,528</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,368</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,368</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,086</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,804</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,108</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,332</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,593</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,029</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,022</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,161</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,558</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,972</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,274</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,964</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,217</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,079</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>