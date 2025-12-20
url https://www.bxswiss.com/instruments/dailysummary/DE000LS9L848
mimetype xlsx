--- v0 (2025-10-25)
+++ v1 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb6b2401cd3d14c75" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R641fcad49aec42ba" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R05e724b010fc46c5"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R929409939f434110"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc0e2a847c28c49be" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R05e724b010fc46c5" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd00e2858dcf94b7b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R929409939f434110" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>TopLTM Bio+Tech+IT</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9L848</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>160,544</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,186</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,186</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,737</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,233</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,228</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,723</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,234</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,434</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,476</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,566</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,761</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,678</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,576</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,724</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,141</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,759</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,369</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,452</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,809</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>