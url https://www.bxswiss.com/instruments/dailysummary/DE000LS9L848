--- v1 (2025-12-20)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R641fcad49aec42ba" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra35540eb9e304680" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R929409939f434110"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4971b2e322644e4c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd00e2858dcf94b7b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R929409939f434110" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R06516b9ef9df4d7e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4971b2e322644e4c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>TopLTM Bio+Tech+IT</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9L848</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...269 lines deleted...]
-          <x:t>02.12.2025</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,964</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>159,880</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...33 lines deleted...]
-          <x:t>157,779</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,141</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,759</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,369</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,452</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,809</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,478</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,162</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,067</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,089</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>158,535</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...320 lines deleted...]
-          <x:t>160,809</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,934</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,553</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,991</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,548</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>