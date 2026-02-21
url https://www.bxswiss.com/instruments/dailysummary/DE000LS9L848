--- v2 (2026-01-11)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra35540eb9e304680" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra5ab0721f9a94d72" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4971b2e322644e4c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re59be845420d4860"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R06516b9ef9df4d7e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4971b2e322644e4c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R067572f4f0a542d9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re59be845420d4860" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>TopLTM Bio+Tech+IT</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9L848</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>159,548</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,494</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,433</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,992</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,412</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,274</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,855</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,993</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,567</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,243</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,339</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,283</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,733</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,278</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,668</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,162</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,893</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,441</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,951</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,944</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,531</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,606</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>