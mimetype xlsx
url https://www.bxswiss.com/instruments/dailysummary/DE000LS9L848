--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra5ab0721f9a94d72" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb3612c47a84e4d48" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re59be845420d4860"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R72b2883f2e63495d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R067572f4f0a542d9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re59be845420d4860" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4d9e34faf1774355" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R72b2883f2e63495d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>TopLTM Bio+Tech+IT</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9L848</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>133,077</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>134,006</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>132,629</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>133,668</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>132,026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>132,742</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>131,237</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>132,606</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,803</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,893</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,702</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,861</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,149</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,058</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,123</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,622</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,747</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,443</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,885</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>