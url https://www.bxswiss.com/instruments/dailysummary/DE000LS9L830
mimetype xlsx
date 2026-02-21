--- v0 (2026-01-05)
+++ v1 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf2556264d4cb4d2a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R300813a034694034" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rea87f231f47a48df"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb151c81f61524f44"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdd111b1e224c4991" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rea87f231f47a48df" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R54993c115b674c0d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb151c81f61524f44" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>50SharesOfMike</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9L830</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,457 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>04.12.2025</x:t>
-[...424 lines deleted...]
-          <x:t>179,620</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,821</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,664</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,307</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,362</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,982</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,982</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,195</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,872</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,898</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,453</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,352</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,862</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,642</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,367</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,323</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,619</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,223</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,571</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,958</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,698</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>