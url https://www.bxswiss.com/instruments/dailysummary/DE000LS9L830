--- v1 (2026-02-21)
+++ v2 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R300813a034694034" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4c0213f76c104856" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb151c81f61524f44"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R52990a0e9bd24d09"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R54993c115b674c0d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb151c81f61524f44" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra8a907fc37f34947" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R52990a0e9bd24d09" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>50SharesOfMike</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9L830</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>177,908</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>177,915</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>177,857</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>177,862</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>179,135</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>179,698</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>179,111</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>179,698</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,941</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,783</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,762</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,267</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,447</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,859</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,739</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,159</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,029</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,406</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,929</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>