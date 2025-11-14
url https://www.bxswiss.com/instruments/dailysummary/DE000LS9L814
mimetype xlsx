--- v0 (2025-10-04)
+++ v1 (2025-11-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd120dcbbb4624661" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R07176229fbc64c8c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfbd6dc14c7844162"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rab040a76eea449d5"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9c5cb77227de4dab" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfbd6dc14c7844162" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0aa0222612b0421c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rab040a76eea449d5" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Bargeldlos bezahlen</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9L814</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...269 lines deleted...]
-          <x:t>16.09.2025</x:t>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,799</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>167,045</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>167,423</x:t>
-[...360 lines deleted...]
-          <x:t>168,874</x:t>
+          <x:t>166,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,006</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,988</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,242</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,499</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,974</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,672</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,332</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,145</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,832</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,806</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,683</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,744</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,793</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,361</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>