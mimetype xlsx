--- v1 (2025-11-14)
+++ v2 (2025-12-27)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R07176229fbc64c8c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R608ff7268f744fcb" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rab040a76eea449d5"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb4de13996009464c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0aa0222612b0421c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rab040a76eea449d5" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc1bb155dc901411c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb4de13996009464c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Bargeldlos bezahlen</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9L814</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,592 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>13.10.2025</x:t>
-[...640 lines deleted...]
-          <x:t>172,361</x:t>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,562</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,779</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,644</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,367</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,081</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,137</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,326</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,233</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,199</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,209</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,846</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,139</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,761</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,554</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,679</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,574</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>