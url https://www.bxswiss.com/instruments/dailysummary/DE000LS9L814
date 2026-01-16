--- v2 (2025-12-27)
+++ v3 (2026-01-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R608ff7268f744fcb" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8acb093ddf1843e8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb4de13996009464c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R81114c69f59b4341"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc1bb155dc901411c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb4de13996009464c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd516defdab374d32" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R81114c69f59b4341" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Bargeldlos bezahlen</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9L814</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>25.11.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>16.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>173,998</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>174,740</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>173,397</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>173,761</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -710,31 +305,355 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>23.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>175,166</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>176,333</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>174,294</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>175,574</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,247</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,733</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,122</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,408</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,657</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,009</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,057</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,071</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,853</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>