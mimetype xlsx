--- v3 (2026-01-16)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8acb093ddf1843e8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R70fd4fe513a14d1d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R81114c69f59b4341"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6b943425bc7a4810"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd516defdab374d32" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R81114c69f59b4341" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5a3d840f618a4434" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6b943425bc7a4810" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Bargeldlos bezahlen</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9L814</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,511 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>16.12.2025</x:t>
-[...215 lines deleted...]
-          <x:t>05.01.2026</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,511</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,329</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,696</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>175,891</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>178,512</x:t>
-[...252 lines deleted...]
-          <x:t>177,853</x:t>
+          <x:t>174,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,377</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,698</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,832</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,173</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,776</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,368</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,714</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,666</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,429</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,114</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,756</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,352</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,484</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,318</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,954</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,544</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>