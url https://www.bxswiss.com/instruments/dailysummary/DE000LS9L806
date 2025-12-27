--- v0 (2025-10-25)
+++ v1 (2025-12-27)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdbf28c18fa9641f0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6a31f66e88154788" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R82a88afca7cb4930"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R83d0a670359b40cd"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R01c11bb206d84cb3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R82a88afca7cb4930" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R68fa6c88b05040a6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R83d0a670359b40cd" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Andyks-BKI-Aktien</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9L806</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,592 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...566 lines deleted...]
-          <x:t>22.10.2025</x:t>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,619</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,574</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,567</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,157</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,378</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,422</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,477</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,157</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,157</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,498</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,371</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,199</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,833</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>106,929</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...65 lines deleted...]
-          <x:t>108,017</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,389</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>