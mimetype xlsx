--- v1 (2025-12-27)
+++ v2 (2026-01-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6a31f66e88154788" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5f1e7f7866f04029" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R83d0a670359b40cd"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re2f8555837b441fb"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R68fa6c88b05040a6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R83d0a670359b40cd" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd07dbaedf8804ecc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re2f8555837b441fb" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Andyks-BKI-Aktien</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9L806</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,478 +149,100 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>25.11.2025</x:t>
-[...193 lines deleted...]
-          <x:t>106,601</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,498</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,069</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>107,160</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...224 lines deleted...]
-      </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>17.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>106,769</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>106,956</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>106,603</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>106,605</x:t>
@@ -710,31 +332,328 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>23.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>107,282</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>107,406</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>106,878</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>107,389</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,389</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,768</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,768</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,257</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,806</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,689</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,777</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,844</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,541</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>