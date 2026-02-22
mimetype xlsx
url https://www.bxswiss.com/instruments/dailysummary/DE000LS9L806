--- v2 (2026-01-16)
+++ v3 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5f1e7f7866f04029" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbdc1c4cb491644e4" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re2f8555837b441fb"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfd2dcf4ec1c74402"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd07dbaedf8804ecc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re2f8555837b441fb" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdf8701a3c6654233" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfd2dcf4ec1c74402" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Andyks-BKI-Aktien</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9L806</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,511 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>15.12.2025</x:t>
-[...478 lines deleted...]
-          <x:t>110,541</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,323</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,216</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,674</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,641</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,073</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,193</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,393</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,974</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,628</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,136</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,823</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,163</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,254</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,399</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,996</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,154</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,818</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,708</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,708</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>