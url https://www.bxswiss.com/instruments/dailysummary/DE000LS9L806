--- v3 (2026-02-22)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbdc1c4cb491644e4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R41db42e6c265434a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfd2dcf4ec1c74402"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6c73f5fd80074fa0"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdf8701a3c6654233" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfd2dcf4ec1c74402" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc7f7d7a5f76d43d4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6c73f5fd80074fa0" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Andyks-BKI-Aktien</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9L806</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>110,702</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>110,716</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>110,471</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>110,715</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>108,862</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>108,897</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>108,301</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>108,708</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,743</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,474</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,798</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,219</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,291</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,841</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,942</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,203</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,203</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,996</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,268</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,201</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,741</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,132</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>