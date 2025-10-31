--- v0 (2025-10-04)
+++ v1 (2025-10-31)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0070a9a5c04e4845" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb4e925fd982a4273" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R970874cbd60b4f39"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7a3ed8a72a9441ae"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4df8f89585094efe" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R970874cbd60b4f39" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R89621b8c9e5c403c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7a3ed8a72a9441ae" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>US Technology Rule Breakers</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9L7Z3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,563 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...511 lines deleted...]
-        <x:is>
           <x:t>29.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>140,075</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>140,966</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>139,799</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>140,264</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +278,544 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>144,135</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>144,723</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>143,643</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>144,234</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,543</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,272</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,971</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,228</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,974</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,251</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,469</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,031</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,802</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,566</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,683</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,188</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,106</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,004</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,058</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,187</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>