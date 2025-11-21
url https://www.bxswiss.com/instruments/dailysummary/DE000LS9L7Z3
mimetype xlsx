--- v1 (2025-10-31)
+++ v2 (2025-11-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb4e925fd982a4273" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R96b21624f65144cd" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7a3ed8a72a9441ae"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R802badd788fd4271"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R89621b8c9e5c403c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7a3ed8a72a9441ae" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb19d6440e116403a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R802badd788fd4271" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>US Technology Rule Breakers</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9L7Z3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,590 +149,185 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
-[...68 lines deleted...]
-          <x:t>140,768</x:t>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,802</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,566</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,683</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,208</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>142,188</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.10.2025</x:t>
-[...457 lines deleted...]
-        <x:is>
           <x:t>27.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>141,355</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>143,607</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>141,073</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>143,106</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>30.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>144,004</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>145,825</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>143,670</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>145,187</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,289</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,238</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,376</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,776</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,754</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,653</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,499</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,962</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,456</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,166</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,041</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,109</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,614</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,093</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>