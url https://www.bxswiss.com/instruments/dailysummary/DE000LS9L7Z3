--- v2 (2025-11-21)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R96b21624f65144cd" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R959710f8c7fd408c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R802badd788fd4271"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf9e89a397dd74182"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb19d6440e116403a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R802badd788fd4271" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3799d2ad553f46ba" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf9e89a397dd74182" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>US Technology Rule Breakers</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9L7Z3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.10.2025</x:t>
-[...640 lines deleted...]
-          <x:t>132,093</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,127</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,758</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,466</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,057</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,637</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,453</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,076</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,036</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,066</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,651</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,396</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,614</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,773</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,658</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>