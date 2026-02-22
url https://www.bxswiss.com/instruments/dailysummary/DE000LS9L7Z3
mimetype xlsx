--- v3 (2026-01-11)
+++ v4 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R959710f8c7fd408c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R61ba4b45a3104655" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf9e89a397dd74182"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4e7908451ae64f27"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3799d2ad553f46ba" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf9e89a397dd74182" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5b03e6d377104a24" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4e7908451ae64f27" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>US Technology Rule Breakers</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9L7Z3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...176 lines deleted...]
-          <x:t>134,767</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,892</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,574</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,492</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,135</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,838</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,679</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,364</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,894</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,375</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>135,637</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.12.2025</x:t>
-[...262 lines deleted...]
-          <x:t>148,658</x:t>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,636</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,591</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,078</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,928</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,121</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,459</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,396</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,224</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,236</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,696</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,884</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,049</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>