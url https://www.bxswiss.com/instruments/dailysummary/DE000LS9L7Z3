--- v4 (2026-02-22)
+++ v5 (2026-03-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R61ba4b45a3104655" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc539dc9ddb284ab8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4e7908451ae64f27"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd4286f6cff7d40aa"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5b03e6d377104a24" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4e7908451ae64f27" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcf8de1da055a48f2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd4286f6cff7d40aa" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>US Technology Rule Breakers</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9L7Z3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>12.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>148,487</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>153,240</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>146,459</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>146,459</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +332,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>144,215</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>146,403</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>143,179</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>145,049</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,237</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,562</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,289</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,356</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,754</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,657</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,813</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,816</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,563</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,754</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,854</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,369</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,368</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,800</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>