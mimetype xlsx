--- v0 (2025-10-05)
+++ v1 (2025-10-31)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd5e85514e0154c0f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdff03d49e4ab4818" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R45b7c0a1cfac4c4a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5fb2723c2e9f4dbb"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0d85ccfc9cca435e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R45b7c0a1cfac4c4a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra8dd5b0ab7b64d92" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5fb2723c2e9f4dbb" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Vegan Mega Trend</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9L7Y6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,394 +149,95 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>04.09.2025</x:t>
-[...124 lines deleted...]
-          <x:t>54,887</x:t>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,028</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,329</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>55,061</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...209 lines deleted...]
-      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>55,305</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>01.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>55,101</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>55,125</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>54,972</x:t>
@@ -577,31 +278,544 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>55,101</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>55,125</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>54,972</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>55,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,873</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,091</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,698</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,489</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,489</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,489</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,489</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,521</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,287</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,287</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,983</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,841</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,858</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,112</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>