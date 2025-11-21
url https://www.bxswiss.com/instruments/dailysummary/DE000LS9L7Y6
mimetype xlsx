--- v1 (2025-10-31)
+++ v2 (2025-11-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdff03d49e4ab4818" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb42fd6d5a5884123" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5fb2723c2e9f4dbb"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rac3c4acaa5134c81"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra8dd5b0ab7b64d92" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5fb2723c2e9f4dbb" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re736f3cd961149f6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rac3c4acaa5134c81" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Vegan Mega Trend</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9L7Y6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,478 +149,53 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>20.10.2025</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...18 lines deleted...]
-      </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>21.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>53,501</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>53,534</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>53,408</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>53,415</x:t>
@@ -791,31 +366,409 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>30.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>53,974</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>54,213</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>53,884</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>54,112</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,952</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,952</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,689</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,736</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,736</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,736</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,736</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,736</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,736</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,736</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,736</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,736</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,736</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,736</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>