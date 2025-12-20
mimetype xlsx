--- v2 (2025-11-21)
+++ v3 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb42fd6d5a5884123" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbc8a98a2e9ad4fc2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rac3c4acaa5134c81"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5e05a0f948794c0e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re736f3cd961149f6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rac3c4acaa5134c81" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd2283fde52ce4f94" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5e05a0f948794c0e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Vegan Mega Trend</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9L7Y6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,626 +149,486 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.10.2025</x:t>
-[...572 lines deleted...]
-        <x:is>
           <x:t>19.11.2025</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...16 lines deleted...]
-          <x:t>53,736</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,812</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,572</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,008</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,382</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,462</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,462</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,421</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,791</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,871</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,848</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,728</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,756</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,953</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>