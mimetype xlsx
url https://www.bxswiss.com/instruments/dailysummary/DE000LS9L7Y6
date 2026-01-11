--- v3 (2025-12-20)
+++ v4 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbc8a98a2e9ad4fc2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6d1ee73e612d4b82" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5e05a0f948794c0e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7fa56b6bcc064bf5"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd2283fde52ce4f94" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5e05a0f948794c0e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb4a5b837be954124" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7fa56b6bcc064bf5" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Vegan Mega Trend</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9L7Y6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,486 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...87 lines deleted...]
-          <x:t>53,882</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,462</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,421</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,791</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,871</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,848</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>53,910</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>53,812</x:t>
-[...264 lines deleted...]
-          <x:t>54,088</x:t>
+          <x:t>54,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,728</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,756</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,953</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,852</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,917</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,002</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,048</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,609</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,519</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>53,845</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...82 lines deleted...]
-          <x:t>53,953</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,057</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,451</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>