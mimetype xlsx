--- v4 (2026-01-11)
+++ v5 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6d1ee73e612d4b82" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4f023d434e9e48f3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7fa56b6bcc064bf5"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbd6d1b439f244778"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb4a5b837be954124" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7fa56b6bcc064bf5" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Refc9ac218a5d4cad" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbd6d1b439f244778" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Vegan Mega Trend</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9L7Y6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...333 lines deleted...]
-          <x:t>53,905</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,964</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>53,565</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>53,609</x:t>
-[...107 lines deleted...]
-          <x:t>54,451</x:t>
+          <x:t>53,759</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,489</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,767</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,036</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,621</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,388</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,834</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,721</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,506</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,666</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,713</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,162</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,663</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,513</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,614</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,564</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,762</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,044</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,415</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>