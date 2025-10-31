--- v0 (2025-10-04)
+++ v1 (2025-10-31)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8f6f8cebd4764e1c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4ec4efd6fc1f491b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Red19868466464ac7"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5e9bc3da06244e99"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rba26b632e28a4d22" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Red19868466464ac7" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9c47a09d6c994e25" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5e9bc3da06244e99" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Nebenwerte + Turnaround</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9L780</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...134 lines deleted...]
-          <x:t>09.09.2025</x:t>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,577</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,583</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,133</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,581</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,239</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,581</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,791</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,088</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,135</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,461</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,923</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,845</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,723</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,199</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,956</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,929</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,258</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,821</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,228</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,257</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,331</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>66,921</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>67,106</x:t>
-[...495 lines deleted...]
-          <x:t>68,830</x:t>
+          <x:t>66,966</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>