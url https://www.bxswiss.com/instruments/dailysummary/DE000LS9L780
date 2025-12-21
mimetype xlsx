--- v1 (2025-10-31)
+++ v2 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4ec4efd6fc1f491b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3345c40d5aaf4c1e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5e9bc3da06244e99"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0af6cd2720024ce4"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9c47a09d6c994e25" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5e9bc3da06244e99" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6f8b3b3437014011" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0af6cd2720024ce4" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Nebenwerte + Turnaround</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9L780</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
-[...149 lines deleted...]
-          <x:t>68,215</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,712</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,617</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,561</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,953</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,027</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,711</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,364</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,004</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,079</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,917</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,242</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,203</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,031</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,066</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>68,239</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...35 lines deleted...]
-          <x:t>67,556</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,387</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,036</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>67,962</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>67,473</x:t>
-[...436 lines deleted...]
-          <x:t>66,966</x:t>
+          <x:t>68,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,699</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,789</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>