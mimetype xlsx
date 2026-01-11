--- v2 (2025-12-21)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3345c40d5aaf4c1e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb43608ba13c2452f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0af6cd2720024ce4"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdc3168b39b1e45e3"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6f8b3b3437014011" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0af6cd2720024ce4" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R63c748e1ea234b55" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdc3168b39b1e45e3" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Nebenwerte + Turnaround</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9L780</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...387 lines deleted...]
-          <x:t>68,219</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,031</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,066</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,387</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,036</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,462</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>67,699</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...192 lines deleted...]
-      </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>67,642</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>67,833</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>67,472</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>67,789</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,801</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,536</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,929</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,177</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,532</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,654</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>