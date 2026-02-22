--- v3 (2026-01-11)
+++ v4 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb43608ba13c2452f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5152e66fcf8f4e3f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdc3168b39b1e45e3"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf53577ad53a14ec9"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R63c748e1ea234b55" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdc3168b39b1e45e3" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb5595619bcd54796" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf53577ad53a14ec9" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Nebenwerte + Turnaround</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9L780</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...242 lines deleted...]
-          <x:t>23.12.2025</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,349</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,958</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,769</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,359</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,217</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,869</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,471</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,727</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,483</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,801</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,299</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,592</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,753</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,507</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,729</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,216</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,503</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,593</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>67,807</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>67,840</x:t>
-[...198 lines deleted...]
-          <x:t>69,654</x:t>
+          <x:t>67,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,687</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,456</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,844</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,307</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,308</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>