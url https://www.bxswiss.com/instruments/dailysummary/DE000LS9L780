--- v4 (2026-02-22)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5152e66fcf8f4e3f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0310883aafa14d58" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf53577ad53a14ec9"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re1b59652bfce4636"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb5595619bcd54796" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf53577ad53a14ec9" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R75f31da403984e1f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re1b59652bfce4636" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Nebenwerte + Turnaround</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9L780</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>68,011</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>68,839</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>67,982</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>68,729</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>67,101</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>67,683</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>67,067</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>67,308</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,709</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,896</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,692</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,221</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,296</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,462</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,571</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,266</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,742</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,863</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>