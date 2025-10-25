--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7364d459c3714d33" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6a1fa43006474d8c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R201185e059e845a2"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R53b9e0c4d3944d43"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R81d02f8f80114b30" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R201185e059e845a2" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Reb74d5725ee44ad3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R53b9e0c4d3944d43" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Moarls Nebenwerte</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9L6B6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...296 lines deleted...]
-          <x:t>17.09.2025</x:t>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,197</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,729</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,179</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,213</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,903</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,906</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,679</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,197</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,606</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,513</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,634</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,622</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,881</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,953</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>170,586</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>170,746</x:t>
-[...107 lines deleted...]
-          <x:t>170,718</x:t>
+          <x:t>171,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,539</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,783</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>170,112</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>170,197</x:t>
-[...215 lines deleted...]
-          <x:t>171,679</x:t>
+          <x:t>169,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,586</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,694</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,766</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,029</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>