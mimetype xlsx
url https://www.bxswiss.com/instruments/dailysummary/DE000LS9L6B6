--- v1 (2025-10-25)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6a1fa43006474d8c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R766d3a6c2bdf4634" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R53b9e0c4d3944d43"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R58db3ac1ee7043b2"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Reb74d5725ee44ad3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R53b9e0c4d3944d43" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Raae6d4e43a674c9f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R58db3ac1ee7043b2" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Moarls Nebenwerte</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9L6B6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>171,029</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,211</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,343</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,352</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,606</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,537</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,208</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,066</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,862</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,069</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,629</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,552</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,459</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,592</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,849</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,037</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,856</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,362</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,545</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>