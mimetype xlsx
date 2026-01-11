--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R766d3a6c2bdf4634" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R92506f61b3324af2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R58db3ac1ee7043b2"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd987c8a8fc0b4c89"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Raae6d4e43a674c9f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R58db3ac1ee7043b2" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rab9ac76953044eef" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd987c8a8fc0b4c89" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Moarls Nebenwerte</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9L6B6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...215 lines deleted...]
-          <x:t>28.11.2025</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,849</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,037</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,856</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,362</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,008</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,003</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>175,073</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>175,441</x:t>
-[...414 lines deleted...]
-          <x:t>175,545</x:t>
+          <x:t>175,855</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,304</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,190</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>