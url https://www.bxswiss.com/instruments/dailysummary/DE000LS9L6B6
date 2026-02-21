--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R92506f61b3324af2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd66e70927e7442be" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd987c8a8fc0b4c89"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9dd366fd720a47f4"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rab9ac76953044eef" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd987c8a8fc0b4c89" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd7ff874376c548d9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9dd366fd720a47f4" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Moarls Nebenwerte</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9L6B6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>177,190</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,841</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,104</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,104</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,399</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,029</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,496</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,776</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,089</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,233</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,503</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,442</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,361</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,627</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,965</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,993</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,664</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>