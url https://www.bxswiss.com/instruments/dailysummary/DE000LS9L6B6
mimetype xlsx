--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd66e70927e7442be" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf641504a2ca84454" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9dd366fd720a47f4"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra827804341884f05"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd7ff874376c548d9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9dd366fd720a47f4" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd6e456e47e5a45a0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra827804341884f05" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Moarls Nebenwerte</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9L6B6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>180,794</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>181,105</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>180,227</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>180,233</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>181,126</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>182,708</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>180,883</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>182,664</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,857</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,604</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,893</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,271</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,484</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,636</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,837</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,896</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,471</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,109</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,154</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,079</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>