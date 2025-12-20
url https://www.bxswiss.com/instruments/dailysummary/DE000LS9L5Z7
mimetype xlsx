--- v0 (2025-10-24)
+++ v1 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R33a9e009a0c645c6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9e685be72415440f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5e9e1e5dc242477a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R368f6b8e36764062"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R94cd7be61a3a4209" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5e9e1e5dc242477a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rec4f6621379e4f5f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R368f6b8e36764062" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Game Industry C: Total Gaming</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9L5Z7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,606 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...171 lines deleted...]
-          <x:t>342,314</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>331,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>336,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,769</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>336,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>339,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>333,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>339,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,701</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>333,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>339,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>338,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>336,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>336,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>336,139</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>337,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>339,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>334,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>332,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>337,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>336,441</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>338,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>338,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>338,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>339,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>333,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>333,881</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>336,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>337,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>339,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>339,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>336,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>337,646</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>337,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>341,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>337,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>339,942</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>341,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>341,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>338,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>340,244</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>338,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>339,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>334,398</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>335,749</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...460 lines deleted...]
-          <x:t>345,347</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>331,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,246</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>333,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,644</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,433</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,846</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,359</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,256</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>