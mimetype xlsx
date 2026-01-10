--- v1 (2025-12-20)
+++ v2 (2026-01-10)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9e685be72415440f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1535d659fc0a4be2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R368f6b8e36764062"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdc6cc801917f4062"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rec4f6621379e4f5f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R368f6b8e36764062" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R43e1aa39f38749bd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdc6cc801917f4062" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Game Industry C: Total Gaming</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9L5Z7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,388 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...336 lines deleted...]
-        <x:is>
           <x:t>09.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>341,370</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>341,408</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>338,677</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>340,244</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -724,31 +386,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>322,973</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>327,102</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>321,373</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>326,256</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>331,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>331,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>332,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>332,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>331,248</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>331,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>332,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>331,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>332,708</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>337,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>340,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>336,592</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>334,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>337,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>333,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>334,278</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>332,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>331,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>334,689</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>334,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,986</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>332,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>331,856</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>