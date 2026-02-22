--- v2 (2026-01-10)
+++ v3 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1535d659fc0a4be2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R18fc6ac9d260455c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdc6cc801917f4062"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7b349a9ae92e4fda"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R43e1aa39f38749bd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdc6cc801917f4062" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0008340ee2de4f6a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7b349a9ae92e4fda" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Game Industry C: Total Gaming</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9L5Z7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,511 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.12.2025</x:t>
-[...478 lines deleted...]
-          <x:t>331,856</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,331</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,787</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>333,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>331,398</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,038</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,349</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>317,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,384</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,639</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>317,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>317,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,773</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>312,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>312,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>310,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,921</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,261</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>314,717</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>314,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>311,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>314,099</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>313,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>312,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,413</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,312</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,809</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>310,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>310,797</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>310,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,795</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>