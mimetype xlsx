--- v3 (2026-02-22)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R18fc6ac9d260455c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra66f0af287dd45fb" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7b349a9ae92e4fda"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbeffc4d521e84931"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0008340ee2de4f6a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7b349a9ae92e4fda" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6562642211eb4b51" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbeffc4d521e84931" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Game Industry C: Total Gaming</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9L5Z7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>314,765</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>315,362</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>311,921</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>314,099</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>308,166</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>309,470</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>306,170</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>307,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>312,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>310,132</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>313,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>312,208</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>314,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>317,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>314,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,846</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>317,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>310,369</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>310,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>311,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,407</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,213</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,607</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,494</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,572</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>312,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>310,521</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>311,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>311,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,868</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>312,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,535</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>