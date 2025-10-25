--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9908cd73bd874fd8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb4be7b99f5c24aed" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R36a216f78de84242"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R35cf543e65c9408a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rad995f25a8e9483e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R36a216f78de84242" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R329762e647d94dd9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R35cf543e65c9408a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Smaller Global Champions</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9L5Y0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...112 lines deleted...]
-          <x:t>101,350</x:t>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,236</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,268</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,126</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,399</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...82 lines deleted...]
-          <x:t>101,273</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,406</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,531</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,525</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,348</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...30 lines deleted...]
-          <x:t>15.09.2025</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,354</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,427</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>101,506</x:t>
-[...133 lines deleted...]
-        <x:is>
           <x:t>101,477</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>101,311</x:t>
-[...57 lines deleted...]
-        <x:is>
           <x:t>101,236</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...45 lines deleted...]
-          <x:t>101,053</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,253</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,228</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,268</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...131 lines deleted...]
-          <x:t>101,253</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,913</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,942</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,009</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,901</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,954</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,766</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,634</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,638</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,157</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,044</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,051</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,101</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,133</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,262</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>