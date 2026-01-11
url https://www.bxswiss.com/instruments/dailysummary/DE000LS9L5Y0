--- v1 (2025-10-25)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb4be7b99f5c24aed" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R10feb92d98a44c9e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R35cf543e65c9408a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R12eadb0c04aa44ec"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R329762e647d94dd9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R35cf543e65c9408a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Racf3711486654d9b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R12eadb0c04aa44ec" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Smaller Global Champions</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9L5Y0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...41 lines deleted...]
-          <x:t>101,130</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,242</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,009</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,103</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,273</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,234</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,236</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...467 lines deleted...]
-          <x:t>100,342</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,081</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,803</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,867</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,819</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,589</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,502</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,551</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,360</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>99,881</x:t>
-[...112 lines deleted...]
-          <x:t>100,262</x:t>
+          <x:t>100,518</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,423</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,614</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,778</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,837</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>