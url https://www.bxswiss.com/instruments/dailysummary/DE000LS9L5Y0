--- v2 (2026-01-11)
+++ v3 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R10feb92d98a44c9e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb303e309dbfa4a63" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R12eadb0c04aa44ec"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9ef6e74c98644be5"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Racf3711486654d9b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R12eadb0c04aa44ec" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4f32d9825e524576" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9ef6e74c98644be5" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Smaller Global Champions</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9L5Y0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>100,837</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,434</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,353</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,274</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,634</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,269</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,376</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,074</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,009</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,524</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,966</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,069</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,111</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,064</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,743</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,952</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,614</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,568</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,684</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,539</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,684</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>