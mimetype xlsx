--- v3 (2026-02-22)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb303e309dbfa4a63" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R61c1441ba0654bda" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9ef6e74c98644be5"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4261c9af16d448b6"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4f32d9825e524576" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9ef6e74c98644be5" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R930fa4ffdb574f67" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4261c9af16d448b6" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Smaller Global Champions</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9L5Y0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,709</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,723</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,294</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,560</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,543</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,785</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,504</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,684</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,667</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,527</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,537</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,606</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,152</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,494</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,511</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,619</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,473</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,581</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,557</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>