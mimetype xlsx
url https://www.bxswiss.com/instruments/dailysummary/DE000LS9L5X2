--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9a8cd26c08654706" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R714995a93a3f45fb" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R08eb2c4516f647ee"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0dd18e2fcee54d96"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6451cb0710324864" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R08eb2c4516f647ee" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5f50eb03c64a4419" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0dd18e2fcee54d96" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Amerikanische Technologietitel</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9L5X2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>23.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>719,161</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>719,202</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>705,906</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>709,550</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>745,545</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>748,965</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>742,944</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>745,812</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>744,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>749,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>728,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>733,448</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>733,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>744,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>730,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>732,251</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>737,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>748,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>737,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>746,148</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>757,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>768,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>751,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>766,837</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>764,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>771,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>742,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>743,363</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>748,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>750,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>740,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>744,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>733,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>734,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>714,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>721,587</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>725,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>734,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>721,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>721,326</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>723,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>727,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>721,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>721,968</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>696,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>719,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>694,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>710,911</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>723,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>726,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>715,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>721,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>718,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>723,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>712,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>719,609</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>717,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>725,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>708,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>708,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>716,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>720,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>711,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>719,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>722,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>735,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>722,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>733,626</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>