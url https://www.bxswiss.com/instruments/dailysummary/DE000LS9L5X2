--- v1 (2025-10-25)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R714995a93a3f45fb" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R37ea0dcbed3e4475" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0dd18e2fcee54d96"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1192f655af154c86"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5f50eb03c64a4419" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0dd18e2fcee54d96" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R704624980c1d4e8a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1192f655af154c86" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Amerikanische Technologietitel</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9L5X2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>733,626</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>720,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>726,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>705,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>719,952</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>715,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>736,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>713,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>730,504</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>768,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>770,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>739,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>742,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>710,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>719,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>690,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>710,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>717,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>724,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>705,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>723,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>715,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>716,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>686,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>704,368</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>713,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>729,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>703,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>723,273</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>719,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>720,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>717,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>718,613</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>721,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>726,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>712,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>713,661</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>705,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>718,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>698,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>716,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>732,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>733,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>720,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>721,313</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>725,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>730,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>709,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>715,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>715,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>720,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>711,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>720,346</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>728,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>729,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>717,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>723,934</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>728,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>729,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>717,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>723,934</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>745,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>746,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>725,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>732,772</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>730,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>733,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>719,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>723,202</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>710,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>714,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>696,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>700,078</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>711,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>721,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>693,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>696,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>696,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>701,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>688,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>699,376</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>688,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>696,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>687,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>691,923</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>700,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>703,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>677,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>679,926</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>681,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>698,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>681,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>693,347</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>697,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>710,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>694,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>707,564</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>