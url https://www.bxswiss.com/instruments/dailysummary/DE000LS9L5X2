--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R37ea0dcbed3e4475" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re71f1cfe1fc04f76" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1192f655af154c86"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ref9603a559b24717"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R704624980c1d4e8a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1192f655af154c86" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6b5f2d419dcc4f82" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ref9603a559b24717" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Amerikanische Technologietitel</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9L5X2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>730,815</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>733,210</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>719,069</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>723,202</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>697,951</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>710,403</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>694,614</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>707,564</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>717,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>721,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>713,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>720,169</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>719,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>726,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>713,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>726,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>732,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>732,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>723,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>727,717</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>728,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>731,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>727,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>731,021</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>739,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>750,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>736,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>737,454</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>735,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>747,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>735,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>739,526</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>738,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>745,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>730,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>740,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>737,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>741,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>726,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>728,934</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>731,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>737,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>726,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>731,819</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>