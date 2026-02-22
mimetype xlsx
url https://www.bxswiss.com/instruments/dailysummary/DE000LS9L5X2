--- v3 (2026-01-11)
+++ v4 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re71f1cfe1fc04f76" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R59b205625d844d79" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ref9603a559b24717"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfeb7d2d015f24f15"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6b5f2d419dcc4f82" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ref9603a559b24717" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ref9da66405974859" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfeb7d2d015f24f15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Amerikanische Technologietitel</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9L5X2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...225 lines deleted...]
-          <x:t>721,563</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>700,048</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>713,756</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>720,169</x:t>
-[...215 lines deleted...]
-          <x:t>731,819</x:t>
+          <x:t>691,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>710,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>719,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>720,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>714,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>719,584</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>714,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>728,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>711,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>724,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>710,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>716,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>704,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>709,941</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>714,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>714,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>698,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>709,938</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>714,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>722,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>713,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>719,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>713,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>713,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>686,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>694,638</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>698,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>718,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>696,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>711,521</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>696,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>713,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>696,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>712,096</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>704,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>705,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>679,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>679,423</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>684,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>686,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>680,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>681,992</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>675,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>678,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>651,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>662,608</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>657,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>680,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>655,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>679,448</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>683,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>699,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>673,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>696,906</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>693,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>695,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>682,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>689,343</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>685,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>703,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>683,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>695,508</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>693,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>698,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>676,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>677,014</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>678,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>680,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>663,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>668,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>671,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>672,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>666,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>667,558</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>663,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>673,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>659,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>670,346</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>684,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>692,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>681,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>691,216</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>693,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>693,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>684,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>689,622</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>689,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>695,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>685,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>691,028</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>