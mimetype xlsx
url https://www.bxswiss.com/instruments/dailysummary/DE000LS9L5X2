--- v4 (2026-02-22)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R59b205625d844d79" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R997365e79d4e47b6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfeb7d2d015f24f15"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5ead7020189d449b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ref9da66405974859" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfeb7d2d015f24f15" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5d77afd9f2ab4532" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5ead7020189d449b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Amerikanische Technologietitel</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9L5X2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>693,227</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>695,538</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>682,270</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>689,343</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>689,881</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>695,390</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>685,500</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>691,028</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>695,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>709,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>694,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>697,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>704,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>708,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>689,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>705,364</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>701,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>710,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>701,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>708,474</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>711,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>717,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>677,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>686,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>679,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>679,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>653,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>658,761</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>637,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>671,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>636,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>667,848</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>662,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>669,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>656,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>666,371</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>665,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>682,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>664,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>678,221</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>674,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>684,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>674,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>680,067</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>678,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>679,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>665,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>672,101</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>651,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>668,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>651,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>668,026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>676,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>683,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>670,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>680,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>681,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>690,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>679,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>684,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>684,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>685,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>675,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>683,246</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>681,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>690,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>675,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>677,180</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>