--- v0 (2025-10-04)
+++ v1 (2025-10-31)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6485bf8e7b8747c8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf533652db0a642a4" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2a63b8f003f04b0d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R864c276b7efd44f7"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb491f0d06dee48aa" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2a63b8f003f04b0d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4cd115ee3bb14605" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R864c276b7efd44f7" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Scale Werte</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9L5T0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,563 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...511 lines deleted...]
-        <x:is>
           <x:t>29.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>78,809</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>79,716</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>78,512</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>79,674</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +278,544 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>78,958</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>79,048</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>78,233</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>78,939</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,003</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,667</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,674</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,324</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,847</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,842</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,696</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,955</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,953</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,089</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,618</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,524</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,377</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,717</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,253</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,832</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,550</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>