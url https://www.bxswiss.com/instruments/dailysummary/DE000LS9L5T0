--- v1 (2025-10-31)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf533652db0a642a4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3edf5a3e811942d7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R864c276b7efd44f7"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R018c08756a7d4e94"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4cd115ee3bb14605" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R864c276b7efd44f7" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R79da9c4dd911438e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R018c08756a7d4e94" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Scale Werte</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9L5T0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>76,550</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,544</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,303</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,328</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,998</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,976</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,242</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,092</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,529</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,784</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,784</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,883</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,264</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,741</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,511</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,721</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,027</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,992</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,580</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>