--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3edf5a3e811942d7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re41cfba6649c452c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R018c08756a7d4e94"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rde960074901f49fc"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R79da9c4dd911438e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R018c08756a7d4e94" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R65464397c683491a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rde960074901f49fc" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Scale Werte</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9L5T0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...301 lines deleted...]
-          <x:t>77,295</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,264</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,741</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,511</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,721</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,027</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,992</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,748</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,604</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,458</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,919</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>77,771</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>77,111</x:t>
-[...328 lines deleted...]
-          <x:t>76,580</x:t>
+          <x:t>78,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,768</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,356</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,524</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>