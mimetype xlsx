--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re41cfba6649c452c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rff96991c6ccc4cb0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rde960074901f49fc"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R08bde8c7bb084c86"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R65464397c683491a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rde960074901f49fc" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb900787449874288" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R08bde8c7bb084c86" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Scale Werte</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9L5T0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...269 lines deleted...]
-          <x:t>29.12.2025</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,452</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,626</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,521</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,089</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>76,903</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...173 lines deleted...]
-          <x:t>79,524</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,337</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,451</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,581</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,691</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,866</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,171</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,048</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,582</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,379</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,314</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,212</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,978</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,660</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>