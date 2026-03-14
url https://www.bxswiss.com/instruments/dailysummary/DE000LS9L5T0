--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rff96991c6ccc4cb0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R458360e4deeb4e2d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R08bde8c7bb084c86"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2660dfe4b3ee48ec"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb900787449874288" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R08bde8c7bb084c86" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R42275f53ec4549c1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2660dfe4b3ee48ec" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Scale Werte</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9L5T0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>76,429</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>76,662</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>71,888</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>74,048</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>64,087</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>65,689</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>63,965</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>64,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,977</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,359</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,348</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,233</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,169</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,609</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,256</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,019</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,156</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,159</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,388</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,946</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,039</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,382</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>