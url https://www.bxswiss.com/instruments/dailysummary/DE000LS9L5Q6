--- v0 (2025-10-05)
+++ v1 (2025-11-01)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd8393fa259a344d1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd5ae98e3ac62439b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re13f257b489d4122"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R546a14a8c5b5405b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R78cb7f0ae6e74914" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re13f257b489d4122" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R507295fe2a3e43d0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R546a14a8c5b5405b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>BestOfCannabis w:o&amp;Marc Davis</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9L5Q6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>03.09.2025</x:t>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,578</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,491</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,418</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,362</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,362</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,441</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,553</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,564</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>9,397</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>9,406</x:t>
-[...26 lines deleted...]
-          <x:t>9,408</x:t>
+          <x:t>9,404</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,363</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>9,369</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>9,370</x:t>
-[...33 lines deleted...]
-          <x:t>08.09.2025</x:t>
+          <x:t>9,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,347</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,329</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>9,341</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...325 lines deleted...]
-          <x:t>9,487</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>9,391</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>9,477</x:t>
-[...188 lines deleted...]
-          <x:t>9,435</x:t>
+          <x:t>9,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,323</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,224</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,212</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,279</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,253</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,196</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,267</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,249</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,227</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>