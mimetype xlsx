--- v1 (2025-11-01)
+++ v2 (2025-11-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd5ae98e3ac62439b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3cef02a3d6d74ca7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R546a14a8c5b5405b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re17cac39d3204036"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R507295fe2a3e43d0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R546a14a8c5b5405b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd818aab21f7f452b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re17cac39d3204036" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>BestOfCannabis w:o&amp;Marc Davis</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9L5Q6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>30.09.2025</x:t>
-[...306 lines deleted...]
-          <x:t>9,379</x:t>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,212</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,279</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,253</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,196</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,267</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,249</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,227</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,288</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,251</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,251</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,247</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>9,329</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>9,341</x:t>
-[...60 lines deleted...]
-          <x:t>20.10.2025</x:t>
+          <x:t>9,245</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>9,259</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...23 lines deleted...]
-          <x:t>9,239</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,223</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,267</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>9,275</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>9,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>9,226</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>9,255</x:t>
-[...168 lines deleted...]
-          <x:t>30.10.2025</x:t>
+          <x:t>9,244</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,231</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>9,234</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>9,255</x:t>
-[...36 lines deleted...]
-          <x:t>9,227</x:t>
+          <x:t>9,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,229</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,142</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,122</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,124</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,131</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,134</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,147</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>