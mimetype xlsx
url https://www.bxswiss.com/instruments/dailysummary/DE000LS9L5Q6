--- v2 (2025-11-21)
+++ v3 (2026-01-12)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3cef02a3d6d74ca7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9aac383067d64d68" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re17cac39d3204036"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R962ed9e5ae9a4cfe"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd818aab21f7f452b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re17cac39d3204036" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdf6ff2565cca4420" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R962ed9e5ae9a4cfe" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>BestOfCannabis w:o&amp;Marc Davis</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9L5Q6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,457 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.10.2025</x:t>
-[...26 lines deleted...]
-          <x:t>21.10.2025</x:t>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,347</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,591</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,601</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,661</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,656</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,498</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,350</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>9,239</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>9,275</x:t>
-[...16 lines deleted...]
-          <x:t>22.10.2025</x:t>
+          <x:t>9,241</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,245</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,242</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,272</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>9,240</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>9,255</x:t>
-[...75 lines deleted...]
-          <x:t>9,300</x:t>
+          <x:t>9,252</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,262</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>9,304</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>9,251</x:t>
-[...129 lines deleted...]
-          <x:t>9,328</x:t>
+          <x:t>9,357</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>9,273</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>9,288</x:t>
-[...350 lines deleted...]
-          <x:t>9,147</x:t>
+          <x:t>9,277</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>