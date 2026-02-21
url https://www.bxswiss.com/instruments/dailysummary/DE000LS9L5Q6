--- v3 (2026-01-12)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9aac383067d64d68" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R79eb7c3ff7fe466d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R962ed9e5ae9a4cfe"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6cfce8423e534975"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdf6ff2565cca4420" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R962ed9e5ae9a4cfe" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R34cd5549889c4d63" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6cfce8423e534975" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>BestOfCannabis w:o&amp;Marc Davis</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9L5Q6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,457 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>11.12.2025</x:t>
-[...230 lines deleted...]
-          <x:t>9,239</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,123</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,204</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,161</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>9,241</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.12.2025</x:t>
-[...117 lines deleted...]
-          <x:t>9,272</x:t>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,196</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>9,240</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...55 lines deleted...]
-          <x:t>9,277</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,178</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,086</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,979</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,959</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,998</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,995</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,994</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,988</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,016</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,981</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,011</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,993</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,937</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,974</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,018</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,042</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>