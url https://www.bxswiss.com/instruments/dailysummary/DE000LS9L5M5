--- v0 (2025-10-04)
+++ v1 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R716fdacd8a224f25" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb0628997e97a4f8b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R92a9aee661a046e8"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R23117bc30e474a28"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9a8434b0d0224b6f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R92a9aee661a046e8" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R722263905be54f19" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R23117bc30e474a28" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>BaumbergMomentum</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9L5M5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...144 lines deleted...]
-          <x:t>262,200</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,263</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,492</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,856</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,517</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>260,406</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>261,423</x:t>
-[...141 lines deleted...]
-          <x:t>17.09.2025</x:t>
+          <x:t>260,963</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,298</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,780</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>263,053</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...335 lines deleted...]
-          <x:t>260,216</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,312</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,803</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,959</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,723</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,853</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,462</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,627</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>