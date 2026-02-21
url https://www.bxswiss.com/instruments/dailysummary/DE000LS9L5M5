--- v1 (2026-01-11)
+++ v2 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb0628997e97a4f8b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Reaab02a3fba14f85" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R23117bc30e474a28"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd7dacc60db46478b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R722263905be54f19" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R23117bc30e474a28" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf726149c887e4132" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd7dacc60db46478b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>BaumbergMomentum</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9L5M5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>269,627</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,987</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,312</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,743</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,179</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,368</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,476</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,264</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,849</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,954</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,897</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,559</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,541</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,581</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,502</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,177</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,538</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,517</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,683</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,604</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,758</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>