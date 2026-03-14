--- v2 (2026-02-21)
+++ v3 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Reaab02a3fba14f85" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0c2b67b794f047ae" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd7dacc60db46478b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re341aafd20434fe0"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf726149c887e4132" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd7dacc60db46478b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf5a524aeb42641de" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re341aafd20434fe0" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>BaumbergMomentum</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9L5M5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...198 lines deleted...]
-          <x:t>271,108</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,502</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,177</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,538</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,517</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,683</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,604</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,758</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,443</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,479</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,428</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,721</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,148</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,061</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,796</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,884</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,778</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>268,225</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>268,476</x:t>
-[...431 lines deleted...]
-          <x:t>269,758</x:t>
+          <x:t>269,038</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,477</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,384</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,696</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>