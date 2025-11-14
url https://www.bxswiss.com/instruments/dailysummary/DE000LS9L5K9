--- v0 (2025-10-03)
+++ v1 (2025-11-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R441e9d72e3634034" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5b7a237c842c4f31" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R56f75b6d3d484acf"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R721ade706cdb4064"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R01915b30fbd34c91" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R56f75b6d3d484acf" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R44f6d47c972c4103" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R721ade706cdb4064" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>New Economy Investments</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9L5K9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...576 lines deleted...]
-          <x:t>207,796</x:t>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,144</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,711</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,266</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,947</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,788</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,526</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,992</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,244</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,749</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,252</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,764</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,599</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,149</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,077</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,612</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,154</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,603</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,709</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>205,047</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>205,645</x:t>
-[...53 lines deleted...]
-          <x:t>205,629</x:t>
+          <x:t>205,658</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,129</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>