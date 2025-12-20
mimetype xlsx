--- v1 (2025-11-14)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5b7a237c842c4f31" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6e214e42fd774abf" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R721ade706cdb4064"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb7f89d660df549d0"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R44f6d47c972c4103" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R721ade706cdb4064" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfe0487fe607543dc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb7f89d660df549d0" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>New Economy Investments</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9L5K9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>13.10.2025</x:t>
-[...640 lines deleted...]
-          <x:t>203,129</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,241</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,444</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,098</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,697</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,376</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,642</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,169</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,391</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,911</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,781</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,142</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,094</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,971</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,437</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,072</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,616</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,987</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,551</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,063</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,696</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,572</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,117</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>