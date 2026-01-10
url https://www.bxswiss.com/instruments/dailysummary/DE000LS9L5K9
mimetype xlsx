--- v2 (2025-12-20)
+++ v3 (2026-01-10)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6e214e42fd774abf" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8025a9c2552242b4" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb7f89d660df549d0"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R78ad90953d904cb0"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfe0487fe607543dc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb7f89d660df549d0" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2cf8ba7329a54d27" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R78ad90953d904cb0" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>New Economy Investments</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9L5K9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>205,768</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>206,616</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>205,710</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>206,616</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>203,075</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>204,319</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>202,682</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>204,117</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,417</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,701</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,657</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,176</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,557</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,201</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,563</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,943</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>