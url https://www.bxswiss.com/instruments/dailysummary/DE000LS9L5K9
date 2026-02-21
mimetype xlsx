--- v3 (2026-01-10)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8025a9c2552242b4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3797973d158a48f0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R78ad90953d904cb0"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2a086e55d6c64e46"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2cf8ba7329a54d27" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R78ad90953d904cb0" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf5cce6178df147a9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2a086e55d6c64e46" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>New Economy Investments</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9L5K9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>209,943</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,951</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,434</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,393</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,628</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,188</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,562</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,638</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,037</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,621</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,613</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,227</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,164</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,212</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,109</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,245</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,143</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,902</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,726</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,784</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>