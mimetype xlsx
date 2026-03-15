--- v4 (2026-02-21)
+++ v5 (2026-03-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3797973d158a48f0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R848b7febb46245c9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2a086e55d6c64e46"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R511a3afc4f794579"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf5cce6178df147a9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2a086e55d6c64e46" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8eb6e6f98b7348fc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R511a3afc4f794579" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>New Economy Investments</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9L5K9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,509 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...457 lines deleted...]
-        <x:is>
           <x:t>12.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>187,170</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>187,246</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>181,178</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>181,212</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +332,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>182,880</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>184,825</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>182,012</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>184,784</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,481</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,604</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,723</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,208</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,068</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,464</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,153</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,103</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,992</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,958</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,538</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,432</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,995</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>