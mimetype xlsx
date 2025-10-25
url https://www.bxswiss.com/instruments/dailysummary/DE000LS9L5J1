--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc86dcdb0cd2f4f76" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6ef823d9b51844f2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4c1489c155454c3a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfb6e95022eeb4c8f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc0da1696b81246da" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4c1489c155454c3a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re9ebcf42a1de44b8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfb6e95022eeb4c8f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Performance Invest Global</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9L5J1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...107 lines deleted...]
-          <x:t>08.09.2025</x:t>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,959</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,644</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,432</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,189</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,659</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,154</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,797</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,898</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,401</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,403</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,467</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,244</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,748</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,539</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,972</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>81,457</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>83,248</x:t>
-[...522 lines deleted...]
-          <x:t>88,401</x:t>
+          <x:t>82,553</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,091</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,001</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,041</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,058</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,438</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,647</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,545</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>