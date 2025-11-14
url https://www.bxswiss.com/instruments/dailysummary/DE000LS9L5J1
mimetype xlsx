--- v1 (2025-10-25)
+++ v2 (2025-11-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6ef823d9b51844f2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4fce82267b6c45bc" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfb6e95022eeb4c8f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re0ee8d1785ce4fb9"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re9ebcf42a1de44b8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfb6e95022eeb4c8f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5ce81a07f0f84c55" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re0ee8d1785ce4fb9" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Performance Invest Global</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9L5J1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>13.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>83,300</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>83,972</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>81,457</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>82,553</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +413,409 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>24.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>84,456</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>85,058</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>83,471</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>83,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,132</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,073</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,594</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,434</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,126</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,094</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,543</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,633</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,304</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,297</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>