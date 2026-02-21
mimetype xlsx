--- v2 (2025-11-14)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4fce82267b6c45bc" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd7824c51caf24396" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re0ee8d1785ce4fb9"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R57ca8df863e747dd"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5ce81a07f0f84c55" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re0ee8d1785ce4fb9" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9908a0719c9a4c1e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R57ca8df863e747dd" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Performance Invest Global</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9L5J1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>13.10.2025</x:t>
-[...640 lines deleted...]
-          <x:t>76,297</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,903</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,473</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,542</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,652</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,306</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,693</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,474</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,193</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,227</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,491</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,187</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,023</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,064</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,042</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,845</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,257</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,777</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>