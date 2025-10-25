--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R91343148739643eb" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Reb2f292eea0e4a0e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4dc7ce7d38394a56"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R68dec575fe2c4c48"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R26ebdbb75d824c32" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4dc7ce7d38394a56" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5bca6ac8587147e9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R68dec575fe2c4c48" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>all_bytheway</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9L5H5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...144 lines deleted...]
-          <x:t>130,391</x:t>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,504</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,578</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,267</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,849</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,153</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,272</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,353</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,374</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,619</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>129,691</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>129,884</x:t>
-[...173 lines deleted...]
-          <x:t>129,237</x:t>
+          <x:t>129,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,316</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,076</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,912</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,507</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,886</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>129,409</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>128,833</x:t>
-[...301 lines deleted...]
-          <x:t>129,316</x:t>
+          <x:t>129,543</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,901</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,366</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,599</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,893</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,893</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,557</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,759</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,862</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,754</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>