--- v1 (2025-10-25)
+++ v2 (2025-11-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Reb2f292eea0e4a0e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rabbfc8c3d55e438a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R68dec575fe2c4c48"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4560bba4b0164191"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5bca6ac8587147e9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R68dec575fe2c4c48" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2b39a030f61248fb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4560bba4b0164191" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>all_bytheway</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9L5H5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>14.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>127,965</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>128,667</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>127,781</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>128,366</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>24.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>128,874</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>129,130</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>128,542</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>128,754</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,727</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,118</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,793</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,337</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,503</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,502</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,958</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,464</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,743</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,956</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,801</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,051</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>