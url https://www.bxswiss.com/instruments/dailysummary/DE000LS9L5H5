--- v2 (2025-11-15)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rabbfc8c3d55e438a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R15bd461996fa4a02" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4560bba4b0164191"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd0a96c6a123f41c6"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2b39a030f61248fb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4560bba4b0164191" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R70c273e61a404d5f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd0a96c6a123f41c6" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>all_bytheway</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9L5H5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.10.2025</x:t>
-[...377 lines deleted...]
-          <x:t>03.11.2025</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,942</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,236</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,796</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,156</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>128,412</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>128,754</x:t>
-[...31 lines deleted...]
-          <x:t>128,043</x:t>
+          <x:t>128,949</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,769</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,284</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,004</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>128,925</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>05.11.2025</x:t>
-[...208 lines deleted...]
-          <x:t>127,051</x:t>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,259</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,897</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,043</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,283</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,366</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,418</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,277</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,109</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>