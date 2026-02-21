--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R15bd461996fa4a02" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfdc39241de0f41f6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd0a96c6a123f41c6"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R492fc7fb2f1c45d4"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R70c273e61a404d5f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd0a96c6a123f41c6" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R940ee8bfb3924e3f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R492fc7fb2f1c45d4" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>all_bytheway</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9L5H5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...365 lines deleted...]
-          <x:t>130,461</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,096</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,273</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,076</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,128</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,043</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>131,418</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...77 lines deleted...]
-          <x:t>134,109</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,327</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,306</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,633</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,984</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,981</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,116</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,072</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,051</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,518</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,344</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,223</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,322</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,317</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,552</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,258</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,708</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,462</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>