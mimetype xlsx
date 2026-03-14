--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfdc39241de0f41f6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0947aad2c8aa40cf" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R492fc7fb2f1c45d4"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd594eeaccffc4b43"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R940ee8bfb3924e3f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R492fc7fb2f1c45d4" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5f7b724622814dd0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd594eeaccffc4b43" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>all_bytheway</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9L5H5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...365 lines deleted...]
-          <x:t>122,379</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,223</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,322</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,317</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,552</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,258</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,708</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,462</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,420</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>122,705</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...266 lines deleted...]
-          <x:t>123,462</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,076</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,817</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,572</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,661</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,479</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,143</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,951</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,449</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,085</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,477</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,013</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,859</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,197</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,749</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>