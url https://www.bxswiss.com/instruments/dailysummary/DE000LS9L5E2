--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc832ff5edd6848ac" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdab8559262ce494f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re5b06fa6168d482d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5dc865d4469144b0"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfd7c70f8f1cd48f5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re5b06fa6168d482d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1b7f11e8d8564a99" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5dc865d4469144b0" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Gaming and E-Sport</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9L5E2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>23.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>723,606</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>723,874</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>713,952</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>717,796</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>746,577</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>748,276</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>741,577</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>744,118</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>743,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>761,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>741,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>753,044</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>753,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>764,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>752,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>754,277</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>758,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>769,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>758,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>769,126</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>782,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>788,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>776,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>784,619</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>781,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>785,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>780,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>781,458</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>766,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>768,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>756,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>762,244</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>750,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>756,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>739,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>746,144</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>749,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>757,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>747,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>753,004</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>752,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>755,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>750,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>750,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>725,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>749,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>725,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>740,549</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>755,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>757,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>750,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>755,801</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>754,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>759,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>749,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>753,496</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>753,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>759,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>743,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>743,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>750,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>754,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>744,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>753,073</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>755,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>768,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>755,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>766,649</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>