--- v1 (2025-10-25)
+++ v2 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdab8559262ce494f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1ed33d07e35d4a47" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5dc865d4469144b0"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8e3c3743cb1f492f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1b7f11e8d8564a99" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5dc865d4469144b0" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra70a8883d3444084" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8e3c3743cb1f492f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Gaming and E-Sport</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9L5E2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>766,649</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>730,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>744,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>722,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>744,678</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>751,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>752,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>744,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>748,267</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>747,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>762,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>745,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>759,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>745,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>745,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>739,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>742,489</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>747,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>747,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>733,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>742,448</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>747,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>750,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>744,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>749,564</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>746,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>749,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>727,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>729,773</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>735,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>743,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>733,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>737,373</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>725,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>732,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>724,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>732,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>741,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>742,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>715,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>718,609</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>712,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>712,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>704,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>705,597</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>691,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>694,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>668,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>671,084</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>675,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>694,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>675,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>693,318</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>699,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>712,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>690,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>709,437</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>711,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>712,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>702,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>708,308</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>704,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>720,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>702,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>710,234</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>711,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>714,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>700,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>701,296</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>692,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>696,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>680,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>684,294</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>687,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>688,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>683,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>684,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>682,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>687,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>675,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>684,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>695,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>700,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>690,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>699,746</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>698,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>699,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>692,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>697,173</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>698,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>701,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>693,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>697,874</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>