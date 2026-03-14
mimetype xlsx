--- v2 (2026-02-22)
+++ v3 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1ed33d07e35d4a47" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf8a41d95bc0f40e7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8e3c3743cb1f492f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5d625570b2b540a8"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra70a8883d3444084" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8e3c3743cb1f492f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re5d0c7054b1f469c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5d625570b2b540a8" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Gaming and E-Sport</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9L5E2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>711,525</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>712,659</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>702,563</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>708,308</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>698,394</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>701,828</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>693,079</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>697,874</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>698,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>708,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>698,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>702,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>702,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>712,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>697,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>709,469</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>714,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>720,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>713,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>719,411</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>722,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>726,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>694,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>702,313</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>699,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>700,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>677,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>682,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>662,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>690,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>661,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>689,034</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>681,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>687,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>676,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>684,002</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>682,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>698,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>682,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>695,251</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>694,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>697,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>690,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>697,756</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>695,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>696,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>682,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>688,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>669,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>686,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>669,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>685,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>696,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>697,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>691,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>691,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>699,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>709,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>697,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>703,413</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>704,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>704,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>694,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>700,312</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>699,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>706,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>693,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>695,143</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>