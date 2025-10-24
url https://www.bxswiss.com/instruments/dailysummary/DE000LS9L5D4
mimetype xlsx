--- v0 (2025-10-04)
+++ v1 (2025-10-24)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R61a99a26746c4212" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3ddf9b8d1d1b4e4e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra706d45de93b4bc1"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R54dabff0675e42c9"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0551c660d87b4003" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra706d45de93b4bc1" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5ffb4ba6920040e8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R54dabff0675e42c9" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Strike 010417</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9L5D4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>23.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>282,756</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>283,511</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>280,062</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>281,696</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>286,488</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>287,032</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>283,944</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>285,008</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,988</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,224</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,161</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,297</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,336</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,548</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,796</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,888</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,376</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,877</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,058</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,654</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>