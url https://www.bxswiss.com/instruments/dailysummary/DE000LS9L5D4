--- v1 (2025-10-24)
+++ v2 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3ddf9b8d1d1b4e4e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R076eba06eaee4b84" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R54dabff0675e42c9"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R50354a29248b410b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5ffb4ba6920040e8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R54dabff0675e42c9" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc08a740862a5429f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R50354a29248b410b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Strike 010417</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9L5D4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>295,654</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,482</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,758</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,699</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,452</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,022</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,156</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,782</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,937</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,433</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,409</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,333</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,381</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,641</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,786</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,403</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,911</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,303</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,081</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,643</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,200</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>