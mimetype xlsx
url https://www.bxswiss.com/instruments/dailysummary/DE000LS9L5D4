--- v2 (2026-02-22)
+++ v3 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R076eba06eaee4b84" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra5877c2bb3b042bb" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R50354a29248b410b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R49c6e9f3242e49ea"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc08a740862a5429f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R50354a29248b410b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R043de13c0bf640af" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R49c6e9f3242e49ea" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Strike 010417</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9L5D4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>276,264</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>277,989</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>272,137</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>274,381</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>272,504</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>275,519</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>269,925</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>274,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,486</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,964</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,913</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,708</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,139</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,099</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,642</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,382</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,955</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,418</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,254</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,858</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,884</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,474</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>