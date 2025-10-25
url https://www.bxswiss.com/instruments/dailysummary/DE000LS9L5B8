--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8ac5b49fa0264c8a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4befea3ed67c448f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rca06d53012314c60"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0a1294d44885441d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R949a970d01214336" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rca06d53012314c60" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4943d6ce838545ef" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0a1294d44885441d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Fundamental Total</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9L5B8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>23.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>152,322</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>153,616</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>152,145</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>152,724</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>156,286</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>156,295</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>155,348</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>156,277</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,443</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,776</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,541</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,544</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,936</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,467</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,829</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,147</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,666</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,388</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,564</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,418</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,976</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,632</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>