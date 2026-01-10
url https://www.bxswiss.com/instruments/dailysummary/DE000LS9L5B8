--- v1 (2025-10-25)
+++ v2 (2026-01-10)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4befea3ed67c448f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R99fe56b40afe45f0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0a1294d44885441d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb1f01db0b7e6436c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4943d6ce838545ef" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0a1294d44885441d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re09c81cea7354aca" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb1f01db0b7e6436c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Fundamental Total</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9L5B8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,511 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>152,632</x:t>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,181</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,181</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,177</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,531</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,541</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,898</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,652</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,573</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,973</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,318</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,293</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,886</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,602</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,641</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,282</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>