--- v2 (2026-01-10)
+++ v3 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R99fe56b40afe45f0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6da07b60301b4fa7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb1f01db0b7e6436c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdfb56331ec8e4caf"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re09c81cea7354aca" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb1f01db0b7e6436c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R094f9eb400a8498f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdfb56331ec8e4caf" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Fundamental Total</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9L5B8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,511 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.12.2025</x:t>
-[...478 lines deleted...]
-          <x:t>156,282</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,894</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,009</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,864</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,396</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,858</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,598</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,251</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,892</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,314</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,926</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,609</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,518</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,808</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,534</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,696</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,538</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,601</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,010</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>