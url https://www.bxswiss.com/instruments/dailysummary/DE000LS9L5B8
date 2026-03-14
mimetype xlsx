--- v3 (2026-02-22)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6da07b60301b4fa7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfb1c7873ee1345ca" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdfb56331ec8e4caf"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rffe14162ea1943da"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R094f9eb400a8498f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdfb56331ec8e4caf" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7ccb034835494c59" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rffe14162ea1943da" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Fundamental Total</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9L5B8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>143,022</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>143,844</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>142,697</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>143,518</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>140,132</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>142,360</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>140,042</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>142,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,471</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,803</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,516</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,649</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,642</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,674</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,008</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,448</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,128</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,789</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,228</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,059</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,987</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>