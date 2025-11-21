--- v0 (2025-10-04)
+++ v1 (2025-11-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1585c1090505440c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rde7ba5dd26f24a1c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rea70cec9eb4e41b2"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R33cb49c8b40c41d8"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re656e192e8bb49a8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rea70cec9eb4e41b2" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R466d106cee60445b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R33cb49c8b40c41d8" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Dax-Werte n. Marktketcap/ Trends</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9L5A0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...144 lines deleted...]
-          <x:t>133,131</x:t>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,819</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,019</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,462</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,436</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,294</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,952</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,642</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>132,154</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>132,498</x:t>
-[...485 lines deleted...]
-          <x:t>133,340</x:t>
+          <x:t>131,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,594</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,834</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,589</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,157</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,869</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,308</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,439</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,164</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,404</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,924</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,198</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,458</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,583</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,878</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,398</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,272</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,423</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>