--- v1 (2025-11-21)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rde7ba5dd26f24a1c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Raf4c2c7c6d5b4692" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R33cb49c8b40c41d8"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R04e4d1cf4ec24c18"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R466d106cee60445b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R33cb49c8b40c41d8" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R30891ff979cd4696" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R04e4d1cf4ec24c18" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Dax-Werte n. Marktketcap/ Trends</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9L5A0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.10.2025</x:t>
-[...134 lines deleted...]
-          <x:t>27.10.2025</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,398</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,272</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,423</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,793</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,002</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,473</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,716</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,001</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,742</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,001</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,626</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,852</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,916</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,810</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,139</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,241</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,057</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,511</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,983</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,441</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,658</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>131,577</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>132,063</x:t>
-[...495 lines deleted...]
-          <x:t>126,423</x:t>
+          <x:t>131,747</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,237</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,599</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>