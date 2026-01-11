--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Raf4c2c7c6d5b4692" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5c2ff1438f5142e3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R04e4d1cf4ec24c18"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcf0c08ff11174299"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R30891ff979cd4696" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R04e4d1cf4ec24c18" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R28989728656547b8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcf0c08ff11174299" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Dax-Werte n. Marktketcap/ Trends</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9L5A0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,517 +149,85 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...338 lines deleted...]
-          <x:t>130,270</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,241</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>130,852</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...118 lines deleted...]
-      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>132,474</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>130,837</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>132,057</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>132,627</x:t>
@@ -791,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>131,933</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>132,640</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>131,903</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>132,599</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,637</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,408</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,743</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,427</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,664</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,514</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,954</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,478</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,269</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>