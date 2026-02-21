--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5c2ff1438f5142e3" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb3cf59eeb0624cda" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcf0c08ff11174299"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R30eab77313274f05"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R28989728656547b8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcf0c08ff11174299" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R56b321d8e45847fa" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R30eab77313274f05" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Dax-Werte n. Marktketcap/ Trends</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9L5A0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...58 lines deleted...]
-          <x:t>132,627</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,408</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,321</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,899</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,834</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,944</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,909</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,159</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,583</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,522</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,316</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,399</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,782</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,167</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,003</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,486</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,187</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,811</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,720</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>133,027</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...384 lines deleted...]
-          <x:t>136,269</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,271</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>