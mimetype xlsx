--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb3cf59eeb0624cda" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd59a0fb2a1ef4d68" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R30eab77313274f05"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb09f92d5b62346fb"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R56b321d8e45847fa" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R30eab77313274f05" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra26a2a0efafb40f3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb09f92d5b62346fb" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Dax-Werte n. Marktketcap/ Trends</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9L5A0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>132,293</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>132,701</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>131,757</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>132,685</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>132,991</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>134,825</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>132,929</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>134,271</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,288</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,293</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,783</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,379</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,956</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,845</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,728</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,947</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,893</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,181</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,782</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,424</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>