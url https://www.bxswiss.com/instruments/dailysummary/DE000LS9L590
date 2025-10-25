--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R92b01228ccf84acb" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re60d0a16a4e647d4" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R29bbb4e6f5d94a2e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcc3ec6f1782f4ed3"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R669888d46d3b4ab4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R29bbb4e6f5d94a2e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra4dff10062424dd1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcc3ec6f1782f4ed3" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Aktien worldwide</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9L590</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>23.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>505,730</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>506,222</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>499,932</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>501,326</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>519,657</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>520,679</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>512,822</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>515,214</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>516,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>526,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>514,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>522,983</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>525,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>532,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>522,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>523,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>525,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>532,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>524,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>531,799</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>540,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>544,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>536,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>541,949</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>541,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>545,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>540,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>541,614</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>529,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>531,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>523,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>527,738</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>520,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>523,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>511,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>515,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>520,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>524,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>517,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>521,634</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>521,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>523,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>519,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>520,197</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>499,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>519,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>498,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>512,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>523,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>525,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>520,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>524,256</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>523,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>527,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>519,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>523,119</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>522,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>525,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>513,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>513,488</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>516,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>519,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>512,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>519,053</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>524,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>530,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>524,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>529,779</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>