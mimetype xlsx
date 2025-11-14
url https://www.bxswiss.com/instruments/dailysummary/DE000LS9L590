--- v1 (2025-10-25)
+++ v2 (2025-11-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re60d0a16a4e647d4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R37dd8e825b5b4516" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcc3ec6f1782f4ed3"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R181d770c759e4998"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra4dff10062424dd1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcc3ec6f1782f4ed3" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9bdea85a194a4c59" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R181d770c759e4998" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Aktien worldwide</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9L590</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>13.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>529,632</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>531,152</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>523,294</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>527,738</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +413,409 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>24.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>524,432</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>530,738</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>524,057</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>529,779</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>540,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>544,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>537,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>543,698</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>542,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>552,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>541,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>549,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>570,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>577,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>563,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>566,478</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>566,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>571,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>558,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>562,653</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>567,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>570,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>561,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>563,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>566,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>576,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>565,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>574,328</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>563,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>566,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>558,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>562,316</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>550,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>563,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>548,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>563,233</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>556,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>560,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>536,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>538,336</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>539,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>540,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>511,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>513,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>541,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>551,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>540,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>544,457</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>548,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>549,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>537,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>537,321</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>544,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>546,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>534,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>538,138</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>538,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>538,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>517,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>519,396</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>