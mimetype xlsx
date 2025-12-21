--- v2 (2025-11-14)
+++ v3 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R37dd8e825b5b4516" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R45f6b3de51d34daf" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R181d770c759e4998"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R727182f8b13b4e76"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9bdea85a194a4c59" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R181d770c759e4998" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R51e57a4190ef4909" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R727182f8b13b4e76" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Aktien worldwide</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9L590</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>13.10.2025</x:t>
-[...640 lines deleted...]
-          <x:t>519,396</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>508,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>525,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>507,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>518,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>539,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>540,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>523,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>525,767</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>500,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>507,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>488,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>500,214</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>506,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>516,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>501,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>515,559</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>512,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>512,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>491,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>501,438</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>509,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>518,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>504,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>514,236</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>513,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>514,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>512,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>512,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>515,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>518,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>510,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>511,381</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>506,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>514,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>501,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>513,236</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>524,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>524,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>514,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>515,637</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>518,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>520,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>511,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>515,332</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>517,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>521,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>515,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>521,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>526,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>527,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>521,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>523,693</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>524,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>528,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>523,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>524,523</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>532,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>532,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>522,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>527,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>527,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>528,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>518,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>520,872</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>512,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>515,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>502,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>503,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>511,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>518,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>501,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>504,076</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>507,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>514,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>505,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>513,666</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>504,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>510,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>503,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>506,739</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>515,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>517,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>497,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>499,944</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>500,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>510,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>499,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>507,658</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>510,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>517,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>508,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>515,293</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>