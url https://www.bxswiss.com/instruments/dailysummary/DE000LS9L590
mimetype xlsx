--- v3 (2025-12-21)
+++ v4 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R45f6b3de51d34daf" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R358d0c37b9b54ebe" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R727182f8b13b4e76"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R539ff8c21ee04de0"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R51e57a4190ef4909" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R727182f8b13b4e76" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6fce22c147104cd5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R539ff8c21ee04de0" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Aktien worldwide</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9L590</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>527,022</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>528,407</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>518,485</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>520,872</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>510,838</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>517,991</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>508,665</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>515,293</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>522,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>524,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>519,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>522,471</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>519,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>525,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>516,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>525,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>523,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>523,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>516,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>520,734</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>520,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>522,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>520,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>521,929</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>525,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>531,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>524,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>525,758</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>522,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>524,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>515,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>516,943</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>517,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>522,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>514,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>520,321</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>519,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>521,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>511,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>512,976</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>515,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>518,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>511,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>517,605</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>