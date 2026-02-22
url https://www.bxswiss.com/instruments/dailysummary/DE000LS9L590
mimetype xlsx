--- v4 (2026-01-11)
+++ v5 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R358d0c37b9b54ebe" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2b0a0b2b31864284" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R539ff8c21ee04de0"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re38775b065044151"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6fce22c147104cd5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R539ff8c21ee04de0" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re440c762f33a4ccd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re38775b065044151" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Aktien worldwide</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9L590</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>517,605</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>500,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>513,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>493,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>511,432</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>518,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>518,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>512,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>516,209</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>516,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>525,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>514,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>523,147</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>512,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>513,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>508,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>510,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>512,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>513,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>501,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>507,597</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>510,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>514,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>509,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>512,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>511,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>512,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>492,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>496,993</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>501,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>512,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>498,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>508,824</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>497,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>510,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>496,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>508,872</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>507,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>507,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>490,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>490,577</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>488,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>489,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>484,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>485,147</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>476,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>478,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>458,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>467,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>468,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>484,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>467,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>483,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>485,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>494,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>478,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>493,836</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>492,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>492,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>487,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>490,789</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>489,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>502,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>487,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>494,903</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>495,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>497,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>482,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>482,901</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>482,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>484,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>473,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>476,384</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>479,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>479,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>475,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>476,145</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>474,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>477,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>467,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>475,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>483,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>486,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>479,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>485,783</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>484,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>485,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>479,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>484,074</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>484,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>486,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>480,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>483,732</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>