--- v5 (2026-02-22)
+++ v6 (2026-03-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2b0a0b2b31864284" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R921a14e4b9614b37" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re38775b065044151"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R02da7f610fa74034"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re440c762f33a4ccd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re38775b065044151" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcedb705c6ef847d2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R02da7f610fa74034" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Aktien worldwide</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9L590</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>12.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>495,258</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>497,851</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>482,857</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>482,901</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +332,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>484,697</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>486,995</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>480,210</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>483,732</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>484,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>490,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>480,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>482,813</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>485,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>491,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>481,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>489,372</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>494,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>499,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>493,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>498,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>499,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>502,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>479,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>485,239</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>483,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>484,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>467,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>471,188</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>455,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>478,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>455,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>475,845</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>471,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>475,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>467,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>472,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>471,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>482,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>470,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>480,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>479,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>485,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>478,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>483,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>481,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>482,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>473,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>476,738</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>462,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>472,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>462,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>472,372</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>480,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>484,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>476,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>482,632</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>481,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>490,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>480,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>485,688</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>485,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>485,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>477,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>482,145</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>480,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>486,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>477,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>478,112</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>