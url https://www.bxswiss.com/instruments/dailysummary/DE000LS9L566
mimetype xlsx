--- v0 (2025-10-03)
+++ v1 (2025-10-24)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb1965a8c791b484f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7ca61166e3f24564" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4c2adc7b106b425c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra59546a0cfa64af6"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R515303cc25e84f5d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4c2adc7b106b425c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfff7291026c442d1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra59546a0cfa64af6" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LaWeTrAn - Top Dividende DEU</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9L566</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...166 lines deleted...]
-          <x:t>131,119</x:t>
+          <x:t>22.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,511</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,202</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,278</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,189</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,913</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,827</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,989</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,894</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>131,474</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...271 lines deleted...]
-          <x:t>127,804</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,436</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,268</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,437</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,217</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,212</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,301</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,981</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,541</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,723</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,782</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,768</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,312</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>128,511</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...185 lines deleted...]
-          <x:t>131,989</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,768</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>