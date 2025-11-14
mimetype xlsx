--- v1 (2025-10-24)
+++ v2 (2025-11-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7ca61166e3f24564" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rde9628816d5c4578" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra59546a0cfa64af6"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2ab4a13718e24c32"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfff7291026c442d1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra59546a0cfa64af6" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R14e189ff048e41bc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2ab4a13718e24c32" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LaWeTrAn - Top Dividende DEU</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9L566</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>22.09.2025</x:t>
-[...41 lines deleted...]
-          <x:t>127,804</x:t>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,301</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,981</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,541</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,723</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,782</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,768</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,312</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>128,511</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...506 lines deleted...]
-      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>128,768</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.10.2025</x:t>
-[...73 lines deleted...]
-          <x:t>128,768</x:t>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,317</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,893</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,602</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,128</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,078</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,751</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,569</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,192</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,183</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,958</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,818</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,278</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,702</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>