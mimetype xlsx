--- v2 (2025-11-14)
+++ v3 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rde9628816d5c4578" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R95f0e9eb475a42c4" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2ab4a13718e24c32"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rddda85ddafa04f1b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R14e189ff048e41bc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2ab4a13718e24c32" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbb078d435d724f86" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rddda85ddafa04f1b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LaWeTrAn - Top Dividende DEU</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9L566</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>13.10.2025</x:t>
-[...640 lines deleted...]
-          <x:t>132,702</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,366</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,972</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,849</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,724</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,706</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,887</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,077</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,218</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,166</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,369</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,922</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,974</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,277</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,884</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,417</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,699</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,934</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,094</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,888</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,213</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,959</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,046</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>