--- v3 (2025-12-20)
+++ v4 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R95f0e9eb475a42c4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5307698e111e4d73" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rddda85ddafa04f1b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R47e779ca40a64e8c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbb078d435d724f86" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rddda85ddafa04f1b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6b8885aa92e641cf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R47e779ca40a64e8c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LaWeTrAn - Top Dividende DEU</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9L566</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...404 lines deleted...]
-          <x:t>09.12.2025</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,417</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,699</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,934</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,094</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,888</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,213</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,959</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,046</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,955</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,772</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,793</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,829</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,048</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,389</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>135,952</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...227 lines deleted...]
-          <x:t>138,046</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,403</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,189</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>