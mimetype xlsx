--- v4 (2026-01-11)
+++ v5 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5307698e111e4d73" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8854dedcfc2f4f58" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R47e779ca40a64e8c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0f20f0f816ac466f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6b8885aa92e641cf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R47e779ca40a64e8c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R50e815dd0c7a45f4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0f20f0f816ac466f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LaWeTrAn - Top Dividende DEU</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9L566</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>136,189</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,157</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,971</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,227</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,577</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,213</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,513</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,277</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,814</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,666</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,852</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,448</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,147</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,662</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,252</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,567</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,869</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,695</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>