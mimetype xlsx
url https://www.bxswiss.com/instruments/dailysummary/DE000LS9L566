--- v5 (2026-02-21)
+++ v6 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8854dedcfc2f4f58" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc77d641a6ccf4a26" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0f20f0f816ac466f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R707b1dd523224a22"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R50e815dd0c7a45f4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0f20f0f816ac466f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9f0ee3a4854c4cd1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R707b1dd523224a22" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LaWeTrAn - Top Dividende DEU</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9L566</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>134,889</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>135,384</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>134,312</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>134,852</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>133,873</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>135,183</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>133,851</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>134,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,282</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,676</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,766</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,506</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,622</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,709</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,111</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,929</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,059</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,694</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,901</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,218</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,396</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,777</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,476</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>