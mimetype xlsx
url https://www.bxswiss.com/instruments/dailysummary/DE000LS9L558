--- v0 (2025-10-03)
+++ v1 (2025-10-24)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R08865e2292bf41b3" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfef4279400474682" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4b3f7e47c10341a4"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9479dcac98be4fa7"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra49953c8db424a63" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4b3f7e47c10341a4" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8a35294ea2b14c86" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9479dcac98be4fa7" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>TurnaroundStocks</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9L558</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>23.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>106,695</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>107,203</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>106,546</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>106,780</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,463 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>02.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>108,085</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>108,284</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>107,765</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>107,954</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,933</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,662</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,441</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,909</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,057</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,977</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,791</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,223</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,274</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,982</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,654</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,349</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,860</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>