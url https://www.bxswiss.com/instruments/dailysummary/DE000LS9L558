--- v1 (2025-10-24)
+++ v2 (2025-11-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfef4279400474682" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd245d78b29a64fb4" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9479dcac98be4fa7"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re95dfcbe29734092"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8a35294ea2b14c86" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9479dcac98be4fa7" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1fc8c1d9ccba4d92" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re95dfcbe29734092" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>TurnaroundStocks</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9L558</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>13.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>107,604</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>107,823</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>107,446</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>107,791</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +413,382 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>24.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>105,351</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>105,905</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>105,304</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>105,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,649</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,421</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,462</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,199</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,989</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,131</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,313</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,007</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,823</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,681</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>