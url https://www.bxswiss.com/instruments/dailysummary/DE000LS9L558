--- v2 (2025-11-14)
+++ v3 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd245d78b29a64fb4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9b226e00e9874f1a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re95dfcbe29734092"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6c76598ef2944422"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1fc8c1d9ccba4d92" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re95dfcbe29734092" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R970d63108a314e98" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6c76598ef2944422" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>TurnaroundStocks</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9L558</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>13.10.2025</x:t>
-[...613 lines deleted...]
-          <x:t>111,681</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,946</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,693</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,022</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,069</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,398</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,008</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,155</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,383</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,723</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,726</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,282</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,471</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,734</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,101</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,203</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,168</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>