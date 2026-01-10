--- v3 (2025-12-20)
+++ v4 (2026-01-10)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9b226e00e9874f1a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0d18e62fe66a4f8f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6c76598ef2944422"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R46436c1e6c754d41"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R970d63108a314e98" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6c76598ef2944422" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0ef77eefc9204827" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R46436c1e6c754d41" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>TurnaroundStocks</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9L558</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,509 +149,104 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...355 lines deleted...]
-          <x:t>110,416</x:t>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,234</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>110,791</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>110,291</x:t>
-[...38 lines deleted...]
-          <x:t>09.12.2025</x:t>
+          <x:t>111,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>110,851</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>111,234</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>110,791</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>111,080</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...25 lines deleted...]
-        <x:is>
           <x:t>11.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>110,973</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>111,307</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>110,833</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>111,101</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +359,301 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>18.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>110,779</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>111,180</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>110,716</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>111,168</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,168</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,168</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,011</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,011</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,054</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,093</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,799</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,783</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,693</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,238</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>