--- v4 (2026-01-10)
+++ v5 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0d18e62fe66a4f8f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf9b117c34e784273" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R46436c1e6c754d41"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R82c2637f1fcc44dc"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0ef77eefc9204827" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R46436c1e6c754d41" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd012a6da8e7a4c06" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R82c2637f1fcc44dc" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>TurnaroundStocks</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9L558</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,511 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.12.2025</x:t>
-[...446 lines deleted...]
-          <x:t>114,463</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,179</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,179</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,191</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,028</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,978</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,238</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,856</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,919</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,273</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,613</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,511</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,511</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,966</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,681</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,203</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,202</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,538</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,014</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,171</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,835</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,374</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>114,693</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...23 lines deleted...]
-          <x:t>114,238</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,661</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,042</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,605</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>