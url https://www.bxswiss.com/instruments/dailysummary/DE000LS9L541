--- v0 (2025-10-04)
+++ v1 (2025-10-31)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6761b5395bf9483d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R775df8eef27846f3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R78dcdb475b064f72"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rce4ee3119d614600"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R043951dd4a9b480d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R78dcdb475b064f72" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ref02c8a133f5484c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rce4ee3119d614600" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Incrementum Trading</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9L541</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,563 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...511 lines deleted...]
-        <x:is>
           <x:t>29.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>18,816</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19,111</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>18,668</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>18,692</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +278,544 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>17,880</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>18,049</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>17,648</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>17,676</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,019</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,915</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,727</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,801</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,655</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,754</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,864</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,816</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,844</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,878</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,827</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,771</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>