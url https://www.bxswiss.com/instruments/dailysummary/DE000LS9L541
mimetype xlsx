--- v1 (2025-10-31)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R775df8eef27846f3" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R632f30164dc94301" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rce4ee3119d614600"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6aea72bdb7b24e8c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ref02c8a133f5484c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rce4ee3119d614600" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rad5804e36f154b53" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6aea72bdb7b24e8c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Incrementum Trading</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9L541</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>16,771</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,424</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,217</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,118</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,798</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,872</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,679</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,669</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,739</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,769</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,687</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,715</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>