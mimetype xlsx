--- v2 (2026-01-11)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R632f30164dc94301" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbd5546dec39a4f8c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6aea72bdb7b24e8c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5e1da2d0c4fa42af"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rad5804e36f154b53" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6aea72bdb7b24e8c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb2c1694ecb1f4300" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5e1da2d0c4fa42af" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Incrementum Trading</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9L541</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>15,715</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,194</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,182</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,092</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,957</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,002</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,976</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,918</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,008</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,838</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,896</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,902</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,871</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,862</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,799</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,646</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,693</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,644</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,656</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,739</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,771</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>