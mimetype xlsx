--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbd5546dec39a4f8c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf66b3630618341da" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5e1da2d0c4fa42af"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3c7119644ea34ec3"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb2c1694ecb1f4300" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5e1da2d0c4fa42af" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R61088eefe9c6409d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3c7119644ea34ec3" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Incrementum Trading</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9L541</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...215 lines deleted...]
-          <x:t>02.02.2026</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,862</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,799</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,646</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,693</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,644</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,656</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,739</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,771</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,699</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,701</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,778</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,763</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,828</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,792</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>14,917</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>15,036</x:t>
-[...16 lines deleted...]
-          <x:t>03.02.2026</x:t>
+          <x:t>14,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,896</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>14,922</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14,959</x:t>
-[...286 lines deleted...]
-          <x:t>18.02.2026</x:t>
+          <x:t>14,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,809</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,667</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>14,698</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...65 lines deleted...]
-          <x:t>14,771</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,624</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,546</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,579</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>