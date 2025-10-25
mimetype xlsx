--- v0 (2025-10-03)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4605865dc5294eda" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R946ef289e6744dd9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4d9fc9ebe94440b6"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re2fc4c649d87414e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6958e4ea8f0348e8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4d9fc9ebe94440b6" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfcbf851b806e4808" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re2fc4c649d87414e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>oSky - Swing Win</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9L533</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,640 +149,208 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...404 lines deleted...]
-          <x:t>22.09.2025</x:t>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,429</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,012</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,001</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,254</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,058</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>287,733</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...175 lines deleted...]
-      </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>01.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>286,396</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>291,045</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>286,052</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>291,003</x:t>
@@ -791,31 +359,463 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>02.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>294,012</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>295,596</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>293,252</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>294,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,404</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,223</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,766</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,641</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,823</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,963</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,098</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,806</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,817</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,987</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,409</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,506</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,473</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,413</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>