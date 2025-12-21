--- v1 (2025-10-25)
+++ v2 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R946ef289e6744dd9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R51d8dad653684963" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re2fc4c649d87414e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8e58f274fde64d6b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfcbf851b806e4808" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re2fc4c649d87414e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9a3e2eabd7114c15" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8e58f274fde64d6b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>oSky - Swing Win</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9L533</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>295,413</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,504</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,332</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,312</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,452</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,782</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,142</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,943</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,427</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,241</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,191</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,006</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,229</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,413</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,534</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,969</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,789</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,592</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,423</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>