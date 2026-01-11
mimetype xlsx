--- v2 (2025-12-21)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R51d8dad653684963" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd7434b87a3ef47ab" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8e58f274fde64d6b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R03342c4fc1fa422b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9a3e2eabd7114c15" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8e58f274fde64d6b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5f4dbc1863ac4e21" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R03342c4fc1fa422b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>oSky - Swing Win</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9L533</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>305,020</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>305,020</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>301,786</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>303,229</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>294,738</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>297,425</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>294,194</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>297,423</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,813</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,608</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,412</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,668</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,211</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,993</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,783</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>310,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,298</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>310,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>313,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>312,932</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>