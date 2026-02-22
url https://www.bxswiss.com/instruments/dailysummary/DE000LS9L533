--- v3 (2026-01-11)
+++ v4 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd7434b87a3ef47ab" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd7b5e2f3ac844aa3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R03342c4fc1fa422b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R55c62d84ebb74559"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5f4dbc1863ac4e21" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R03342c4fc1fa422b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc5fd48b64aae439c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R55c62d84ebb74559" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>oSky - Swing Win</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9L533</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>312,932</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>310,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>313,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>312,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>314,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>313,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>314,214</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>311,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>311,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>310,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>310,264</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,383</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,778</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,516</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,434</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,759</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,219</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,777</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,406</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,287</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,164</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,486</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,647</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,856</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,485</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>