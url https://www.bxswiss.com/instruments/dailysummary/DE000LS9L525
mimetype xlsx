--- v0 (2025-10-04)
+++ v1 (2025-10-24)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5c8604bc1b0b4f21" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf9070ceb049a4f1f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6d938dc3203b4372"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R27daa7da09f4498e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R119355cb53424b4d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6d938dc3203b4372" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0e83e5b7936f4f23" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R27daa7da09f4498e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>SP Electronic Gaming Stocks</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9L525</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>22.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>194,620</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>194,716</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>194,093</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>194,333</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +413,409 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>200,633</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>200,721</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>199,831</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>200,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,902</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,683</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,244</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,738</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,492</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,416</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,573</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,978</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,448</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,188</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,517</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,045</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>