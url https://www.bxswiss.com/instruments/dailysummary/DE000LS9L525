--- v1 (2025-10-24)
+++ v2 (2026-01-08)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf9070ceb049a4f1f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R69ff065c23e04389" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R27daa7da09f4498e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R891fb3a920d8483d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0e83e5b7936f4f23" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R27daa7da09f4498e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Red74792224444eae" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R891fb3a920d8483d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>SP Electronic Gaming Stocks</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9L525</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>22.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>196,045</x:t>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,301</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,389</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,074</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,036</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,232</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,688</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,871</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,226</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,034</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,622</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,327</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,007</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,151</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,801</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>