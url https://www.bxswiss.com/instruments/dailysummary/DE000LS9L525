--- v2 (2026-01-08)
+++ v3 (2026-01-09)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R69ff065c23e04389" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc5324e2002c4406e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R891fb3a920d8483d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R20929f2c121947da"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Red74792224444eae" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R891fb3a920d8483d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R433208c0f3fd4610" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R20929f2c121947da" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>SP Electronic Gaming Stocks</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9L525</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -605,28 +605,55 @@
         <x:is>
           <x:t>07.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>188,997</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>189,900</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>188,687</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>189,801</x:t>
         </x:is>
       </x:c>
     </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,116</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>