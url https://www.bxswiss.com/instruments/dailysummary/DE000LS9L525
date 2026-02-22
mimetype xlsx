--- v3 (2026-01-09)
+++ v4 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc5324e2002c4406e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb699f4f0d87d4b6a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R20929f2c121947da"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R772e7c8ea2264553"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R433208c0f3fd4610" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R20929f2c121947da" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbc46ca44732e4396" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R772e7c8ea2264553" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>SP Electronic Gaming Stocks</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9L525</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,511 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.12.2025</x:t>
-[...478 lines deleted...]
-          <x:t>188,116</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,967</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,722</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,927</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,084</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,196</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,201</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,139</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,373</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,574</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,907</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,198</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,451</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,768</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,666</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,536</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,536</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,554</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,708</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,548</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,688</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>