--- v4 (2026-02-22)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb699f4f0d87d4b6a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbaabd32c82ed4148" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R772e7c8ea2264553"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb27db1729dd4471e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbc46ca44732e4396" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R772e7c8ea2264553" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R122424f10d714edb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb27db1729dd4471e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>SP Electronic Gaming Stocks</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9L525</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>172,102</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>172,929</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>171,435</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>172,768</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>166,596</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>167,107</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>165,925</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>166,688</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,307</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,328</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,737</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,298</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,319</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,736</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,379</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,937</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,337</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,266</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,152</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>