--- v0 (2025-10-04)
+++ v1 (2025-10-24)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R21832797d7be4d4d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R99da198651ca434a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf15e768313844259"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd3e826b6cb7d4197"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8c0038702ce4466a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf15e768313844259" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rca18f36b6f5e407c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd3e826b6cb7d4197" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Smoking Rich</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9L4Z0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>22.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>104,497</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>104,529</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>104,297</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>104,498</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +413,409 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>103,946</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>103,959</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,667</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,939</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,078</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,977</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,146</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,413</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,112</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,573</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,894</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,687</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,372</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,078</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,034</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,773</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,326</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>