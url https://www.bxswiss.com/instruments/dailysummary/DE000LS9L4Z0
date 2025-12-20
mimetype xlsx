--- v1 (2025-10-24)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R99da198651ca434a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9f2a3c57b38e4bf9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd3e826b6cb7d4197"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1bdc9144fc8b4923"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rca18f36b6f5e407c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd3e826b6cb7d4197" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd5d3e04159644fff" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1bdc9144fc8b4923" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Smoking Rich</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9L4Z0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>22.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>102,326</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,182</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,813</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,664</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,682</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,042</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,028</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,282</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,607</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,664</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,915</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,282</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,014</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,694</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,491</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,457</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,062</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,096</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>