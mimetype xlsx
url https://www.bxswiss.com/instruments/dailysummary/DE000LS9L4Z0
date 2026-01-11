--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9f2a3c57b38e4bf9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7b521333cb904bf6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1bdc9144fc8b4923"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re0a5c1dcab9e4e96"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd5d3e04159644fff" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1bdc9144fc8b4923" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6bcc76f9fbd14db8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re0a5c1dcab9e4e96" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Smoking Rich</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9L4Z0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,457 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...387 lines deleted...]
-          <x:t>106,387</x:t>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,014</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,694</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,491</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,457</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,062</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,096</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,289</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>105,907</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>106,340</x:t>
-[...215 lines deleted...]
-          <x:t>106,096</x:t>
+          <x:t>104,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,827</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,567</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,446</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,212</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,492</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,640</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>