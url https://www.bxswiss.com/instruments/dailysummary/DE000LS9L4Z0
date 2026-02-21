--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7b521333cb904bf6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcff01886227c4446" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re0a5c1dcab9e4e96"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3c8d324fd4c6450c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6bcc76f9fbd14db8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re0a5c1dcab9e4e96" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7818112a2f084550" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3c8d324fd4c6450c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Smoking Rich</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9L4Z0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,457 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>11.12.2025</x:t>
-[...112 lines deleted...]
-          <x:t>106,448</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,618</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>106,569</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>106,143</x:t>
-[...301 lines deleted...]
-          <x:t>105,640</x:t>
+          <x:t>106,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,427</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,765</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,282</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,964</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,978</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,909</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,676</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,023</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,758</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,738</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,096</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,161</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,438</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,054</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,758</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,677</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,073</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,525</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>