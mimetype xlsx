--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcff01886227c4446" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R78d45e8f8e984954" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3c8d324fd4c6450c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rff7cdd4020074f10"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7818112a2f084550" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3c8d324fd4c6450c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra71fbb4da7764a9b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rff7cdd4020074f10" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Smoking Rich</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9L4Z0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>108,053</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>108,263</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>107,706</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>108,096</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>109,315</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>110,180</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>109,271</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>109,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,191</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,861</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,995</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,554</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,423</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,134</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,018</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,424</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,952</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,734</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>