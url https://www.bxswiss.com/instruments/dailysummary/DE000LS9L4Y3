--- v0 (2025-10-03)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7598b6440eff4445" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R20e494a977cd41cd" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R59739bf871db4e3a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf89e573304484866"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5d78585572034532" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R59739bf871db4e3a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re473fa5e5ad24d09" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf89e573304484866" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Der Trend ist König</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9L4Y3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,583 +149,151 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...257 lines deleted...]
-          <x:t>50,053</x:t>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,652</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,887</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,962</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,824</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>50,097</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...248 lines deleted...]
-      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>49,824</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>50,097</x:t>
-[...8 lines deleted...]
-        <x:is>
           <x:t>50,001</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>29.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>50,096</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>50,241</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>50,019</x:t>
         </x:is>
       </x:c>
@@ -791,31 +359,463 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>02.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>50,105</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>50,108</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>49,605</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>49,703</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,564</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,394</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,008</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,828</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,614</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,388</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,997</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,147</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,081</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,361</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,503</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,673</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,869</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>