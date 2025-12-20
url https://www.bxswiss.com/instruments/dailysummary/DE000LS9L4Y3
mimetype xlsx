--- v1 (2025-10-25)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R20e494a977cd41cd" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5f9ce567187946d7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf89e573304484866"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7edcbfdf75924aae"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re473fa5e5ad24d09" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf89e573304484866" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5ad52c7e997244f2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7edcbfdf75924aae" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Der Trend ist König</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9L4Y3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...247 lines deleted...]
-          <x:t>49,655</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,843</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,173</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,119</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,236</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,822</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,266</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,337</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,563</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,508</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,761</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,792</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,904</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,018</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,594</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,776</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,776</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,782</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,853</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,667</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>49,673</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...384 lines deleted...]
-          <x:t>48,869</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,673</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,520</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>