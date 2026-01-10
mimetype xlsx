--- v2 (2025-12-20)
+++ v3 (2026-01-10)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5f9ce567187946d7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R88463686ad6c43ee" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7edcbfdf75924aae"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R26c544fb82f74405"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5ad52c7e997244f2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7edcbfdf75924aae" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3bde1efc32304796" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R26c544fb82f74405" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Der Trend ist König</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9L4Y3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,524 +149,119 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...377 lines deleted...]
-          <x:t>08.12.2025</x:t>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,776</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,776</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,579</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>49,697</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>49,852</x:t>
-[...84 lines deleted...]
-        <x:is>
           <x:t>49,548</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>49,660</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>49,728</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>49,881</x:t>
         </x:is>
       </x:c>
@@ -764,31 +359,301 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>18.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>49,412</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>49,561</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>49,360</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>49,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,444</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,444</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,459</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,804</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,106</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,166</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,335</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>