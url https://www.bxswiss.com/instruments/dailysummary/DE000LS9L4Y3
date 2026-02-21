--- v3 (2026-01-10)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R88463686ad6c43ee" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R98ac4a3b22cb4853" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R26c544fb82f74405"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R67c624d3ec2b4f2c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3bde1efc32304796" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R26c544fb82f74405" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7fb6d1e005764279" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R67c624d3ec2b4f2c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Der Trend ist König</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9L4Y3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,511 +149,626 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.12.2025</x:t>
-[...478 lines deleted...]
-          <x:t>50,335</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,093</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,155</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,001</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,071</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,704</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,137</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,117</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,334</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,334</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,519</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,712</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,796</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,726</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,497</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,789</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,195</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,118</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,072</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>