--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R98ac4a3b22cb4853" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfdb71703a0424e1b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R67c624d3ec2b4f2c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R481d03b6522e4b25"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7fb6d1e005764279" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R67c624d3ec2b4f2c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8afbbc582c87470a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R481d03b6522e4b25" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Der Trend ist König</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9L4Y3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,626 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...75 lines deleted...]
-          <x:t>50,565</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,726</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,497</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,789</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,195</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,118</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,072</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,151</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>51,001</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...256 lines deleted...]
-          <x:t>50,936</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,885</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,784</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,374</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>50,756</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...244 lines deleted...]
-          <x:t>51,072</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,879</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,606</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,889</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,529</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,098</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,896</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,889</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,726</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,456</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>