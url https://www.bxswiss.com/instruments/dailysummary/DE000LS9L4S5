--- v0 (2025-11-21)
+++ v1 (2026-01-08)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R00cf6ea62d7f40db" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R74e90af1c2844f48" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R69f596ed204a4537"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R919832fc2fd64ec0"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4a3a2223fbbf42a4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R69f596ed204a4537" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R99591f544ac5490d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R919832fc2fd64ec0" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Green Invest</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9L4S5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.10.2025</x:t>
-[...640 lines deleted...]
-          <x:t>119,827</x:t>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,383</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,567</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,167</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,955</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,647</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,916</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,214</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,267</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,244</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,746</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,641</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,567</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,881</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,578</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,788</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,812</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>