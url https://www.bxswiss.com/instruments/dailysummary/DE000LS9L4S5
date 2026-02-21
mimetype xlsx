--- v1 (2026-01-08)
+++ v2 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R74e90af1c2844f48" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf2017b08d2e3479f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R919832fc2fd64ec0"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R368bc6eac5414774"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R99591f544ac5490d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R919832fc2fd64ec0" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R576225d1904a4ea8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R368bc6eac5414774" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Green Invest</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9L4S5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>135,812</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,737</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,839</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,389</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,082</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,032</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,379</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,249</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,352</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,149</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,056</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,806</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,268</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,606</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,036</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,053</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,553</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,236</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,841</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,601</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,561</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>