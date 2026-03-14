--- v2 (2026-02-21)
+++ v3 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf2017b08d2e3479f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf4532e5e99234375" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R368bc6eac5414774"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2c7dedfe358640b2"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R576225d1904a4ea8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R368bc6eac5414774" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R087288eee2fc4280" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2c7dedfe358640b2" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Green Invest</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9L4S5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>133,764</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>135,661</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>132,655</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>135,606</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>140,122</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>141,259</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>138,981</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>140,561</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,916</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,872</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,454</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,149</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,752</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,634</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,916</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,546</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,326</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,911</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,835</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,587</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,747</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,792</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>