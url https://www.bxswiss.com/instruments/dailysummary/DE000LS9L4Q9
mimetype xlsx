--- v0 (2025-10-05)
+++ v1 (2025-11-01)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R176cce5b1fff4e43" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5e470e3866cf48ef" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0a44fa9913504873"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8780fb447f294b9a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R52a2a01d863b4c42" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0a44fa9913504873" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re08a4a91696d4187" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8780fb447f294b9a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>boersenbriefe-flow-trading</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9L4Q9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,519 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>04.09.2025</x:t>
-[...184 lines deleted...]
-          <x:t>114,486</x:t>
+          <x:t>30.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>114,508</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...40 lines deleted...]
-          <x:t>115,052</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,387</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,682</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>114,794</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>114,974</x:t>
-[...209 lines deleted...]
-        <x:is>
           <x:t>114,268</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>114,322</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>114,736</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>114,803</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>113,996</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>114,084</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,024</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,321</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,723</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,568</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,711</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,237</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,403</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,199</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,041</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,464</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,577</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,284</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,277</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,134</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,309</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,312</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>