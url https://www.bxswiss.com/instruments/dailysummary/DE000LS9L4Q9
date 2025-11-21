--- v1 (2025-11-01)
+++ v2 (2025-11-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5e470e3866cf48ef" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0c47be7c6dfd4675" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8780fb447f294b9a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R703f738a550e40c8"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re08a4a91696d4187" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8780fb447f294b9a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R60ad50c12ef14f60" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R703f738a550e40c8" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>boersenbriefe-flow-trading</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9L4Q9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>30.09.2025</x:t>
-[...53 lines deleted...]
-          <x:t>02.10.2025</x:t>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,041</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,464</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,577</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,284</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,277</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,134</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,309</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,312</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,169</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,378</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,723</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,758</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,973</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,579</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,097</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>114,682</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>114,794</x:t>
-[...576 lines deleted...]
-          <x:t>116,312</x:t>
+          <x:t>114,907</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,562</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,479</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,098</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,802</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,313</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>