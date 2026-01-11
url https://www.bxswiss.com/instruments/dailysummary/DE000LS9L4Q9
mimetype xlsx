--- v2 (2025-11-21)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0c47be7c6dfd4675" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rec2a1b34093849ff" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R703f738a550e40c8"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3c1d2a846aaf470f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R60ad50c12ef14f60" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R703f738a550e40c8" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R14a14ffd8a7f4d3c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3c1d2a846aaf470f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>boersenbriefe-flow-trading</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9L4Q9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.10.2025</x:t>
-[...382 lines deleted...]
-          <x:t>116,153</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,957</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,046</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,911</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,511</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,077</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,716</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,747</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,885</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,568</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,581</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,322</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,699</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>116,250</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>114,676</x:t>
-[...247 lines deleted...]
-          <x:t>114,313</x:t>
+          <x:t>115,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,161</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,006</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,704</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>