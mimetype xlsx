--- v3 (2026-01-11)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rec2a1b34093849ff" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7332063382f24ad8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3c1d2a846aaf470f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R21633a83c4bf480e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R14a14ffd8a7f4d3c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3c1d2a846aaf470f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R121abb19c99a4e1d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R21633a83c4bf480e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>boersenbriefe-flow-trading</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9L4Q9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>116,704</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,938</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,338</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,038</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,016</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,058</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,855</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,052</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,457</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,929</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,199</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,001</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,947</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,411</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,242</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,838</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,532</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,922</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,631</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,405</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>