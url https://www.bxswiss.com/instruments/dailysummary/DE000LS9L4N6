--- v0 (2025-10-04)
+++ v1 (2025-10-31)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R59305b15d290489e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Reaf3af91e2ad46ba" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb8e6beb854f34069"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdf29f0952ac04049"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R440acd3e83124a82" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb8e6beb854f34069" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb9bb37897e9f4410" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdf29f0952ac04049" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Robotik4.0</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9L4N6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...257 lines deleted...]
-          <x:t>133,867</x:t>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,882</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,241</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,468</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,591</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,523</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,772</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,133</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,364</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,484</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,942</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,983</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,604</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,230</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>134,602</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>16.09.2025</x:t>
-[...370 lines deleted...]
-          <x:t>136,523</x:t>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,431</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,187</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,028</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,526</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,812</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,264</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,264</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>