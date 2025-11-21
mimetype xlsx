--- v1 (2025-10-31)
+++ v2 (2025-11-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Reaf3af91e2ad46ba" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdf548d26573e4915" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdf29f0952ac04049"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra2f62f8ae0d64ce8"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb9bb37897e9f4410" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdf29f0952ac04049" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2eb6fbfa774c493a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra2f62f8ae0d64ce8" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Robotik4.0</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9L4N6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,532 +149,127 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
-[...296 lines deleted...]
-          <x:t>14.10.2025</x:t>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,187</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,771</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>135,028</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>135,372</x:t>
-[...133 lines deleted...]
-        <x:is>
           <x:t>134,608</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>133,862</x:t>
-[...20 lines deleted...]
-        <x:is>
           <x:t>135,028</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...8 lines deleted...]
-      </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>23.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>134,549</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>134,603</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>134,434</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>134,526</x:t>
@@ -764,31 +359,463 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>29.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>136,789</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>137,281</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>136,761</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>137,264</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,264</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,264</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,264</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,264</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,264</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,264</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,264</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,264</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,029</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,731</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,581</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,778</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,091</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,894</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>