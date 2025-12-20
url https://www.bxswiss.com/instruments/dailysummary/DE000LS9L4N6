--- v2 (2025-11-21)
+++ v3 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdf548d26573e4915" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re7ce79e346c34ea7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra2f62f8ae0d64ce8"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R66d6b3cab48a4b26"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2eb6fbfa774c493a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra2f62f8ae0d64ce8" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4197ee53e2a34f1a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R66d6b3cab48a4b26" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Robotik4.0</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9L4N6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.10.2025</x:t>
-[...149 lines deleted...]
-          <x:t>136,528</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,778</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,091</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,894</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,207</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,518</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,942</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,184</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,207</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,409</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,109</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,939</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,548</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,649</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>136,795</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...482 lines deleted...]
-          <x:t>134,894</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,074</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,093</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,596</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,769</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,692</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,141</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,699</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,154</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>