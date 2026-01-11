--- v3 (2025-12-20)
+++ v4 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re7ce79e346c34ea7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbac34d9c73904324" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R66d6b3cab48a4b26"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc6a616b6e6834328"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4197ee53e2a34f1a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R66d6b3cab48a4b26" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4169f17dbcf34308" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc6a616b6e6834328" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Robotik4.0</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9L4N6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,519 +149,87 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...279 lines deleted...]
-          <x:t>135,938</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,093</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>135,402</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>135,430</x:t>
-[...177 lines deleted...]
-        <x:is>
           <x:t>135,737</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>134,397</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>134,596</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>135,076</x:t>
         </x:is>
       </x:c>
@@ -791,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>132,558</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>133,339</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>132,347</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>133,154</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,892</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,966</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,996</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,328</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,787</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,166</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,239</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,204</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,891</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>