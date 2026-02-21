--- v4 (2026-01-11)
+++ v5 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbac34d9c73904324" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc66902aa52f64832" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc6a616b6e6834328"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R04f5c01dfc1b46f9"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4169f17dbcf34308" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc6a616b6e6834328" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf49cb1ac6e5e48d7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R04f5c01dfc1b46f9" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Robotik4.0</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9L4N6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>135,891</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,392</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,929</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,324</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,497</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,796</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,611</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,611</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,401</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,716</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,269</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,399</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,451</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,619</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,396</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,906</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,928</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,871</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,248</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>