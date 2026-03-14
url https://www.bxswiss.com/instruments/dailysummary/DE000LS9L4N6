--- v5 (2026-02-21)
+++ v6 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc66902aa52f64832" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R44cd536ec4c640be" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R04f5c01dfc1b46f9"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1794840770ac456b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf49cb1ac6e5e48d7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R04f5c01dfc1b46f9" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R65e026e3eeb44627" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1794840770ac456b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Robotik4.0</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9L4N6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>129,605</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>129,640</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>128,639</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>129,425</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>128,937</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>129,570</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>128,647</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>129,248</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,855</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,279</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,829</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,732</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,462</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,806</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,796</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,733</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,776</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,809</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,412</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,081</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,342</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,227</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,426</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>