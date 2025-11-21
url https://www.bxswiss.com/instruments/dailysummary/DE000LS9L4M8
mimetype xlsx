--- v0 (2025-10-06)
+++ v1 (2025-11-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R780f4055217447eb" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R91d829a6f4274772" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9087b8aa1aeb47e2"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R643346099e48437a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2253717b889145f9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9087b8aa1aeb47e2" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcf28d06f214347a5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R643346099e48437a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>TecDACH TopPick</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9L4M8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>04.09.2025</x:t>
-[...382 lines deleted...]
-          <x:t>163,469</x:t>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,246</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,707</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,827</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,106</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,756</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,829</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,027</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,307</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,676</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,694</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,927</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,622</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,661</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,332</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,876</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>165,064</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>163,138</x:t>
-[...193 lines deleted...]
-          <x:t>185,784</x:t>
+          <x:t>165,343</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,629</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,097</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,978</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,619</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>