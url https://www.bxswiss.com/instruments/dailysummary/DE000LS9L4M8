--- v1 (2025-11-21)
+++ v2 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R91d829a6f4274772" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R827a978539984bbe" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R643346099e48437a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R262c4505d1b0494c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcf28d06f214347a5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R643346099e48437a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R058d88ddc33c49eb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R262c4505d1b0494c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>TecDACH TopPick</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9L4M8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.10.2025</x:t>
-[...592 lines deleted...]
-        <x:is>
           <x:t>19.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>163,418</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>166,431</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>162,638</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>165,555</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>168,060</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>168,188</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>165,570</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>165,619</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,919</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,429</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,162</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,556</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,701</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,564</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,906</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,781</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,321</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,292</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,168</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,798</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,995</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,046</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,469</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,653</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,307</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,742</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,434</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>