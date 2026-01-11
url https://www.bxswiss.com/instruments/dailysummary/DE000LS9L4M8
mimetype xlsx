--- v2 (2025-12-21)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R827a978539984bbe" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R10f7dca3b49f428c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R262c4505d1b0494c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbce73eb83f7c4b9e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R058d88ddc33c49eb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R262c4505d1b0494c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R04e05ba064124b63" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbce73eb83f7c4b9e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>TecDACH TopPick</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9L4M8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>184,504</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>185,200</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>184,311</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>184,995</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>181,128</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>182,606</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>180,371</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>182,434</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,773</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,462</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,977</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,072</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,418</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>