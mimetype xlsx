--- v3 (2026-01-11)
+++ v4 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R10f7dca3b49f428c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0bea26bf371b4201" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbce73eb83f7c4b9e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8c11ff96a5db4bb7"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R04e05ba064124b63" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbce73eb83f7c4b9e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R98e67277f9bc4276" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8c11ff96a5db4bb7" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>TecDACH TopPick</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9L4M8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>193,418</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,113</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,338</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,123</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,259</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,194</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,659</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,088</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,164</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,182</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,154</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,457</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,772</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,084</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,537</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,147</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,137</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,276</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,894</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,471</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,661</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,683</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,931</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>