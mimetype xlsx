--- v4 (2026-02-22)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0bea26bf371b4201" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf1c4ac5f4524419d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8c11ff96a5db4bb7"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rab41fd28ab51493d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R98e67277f9bc4276" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8c11ff96a5db4bb7" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1181313dc5f64a01" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rab41fd28ab51493d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>TecDACH TopPick</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9L4M8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>221,247</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>222,133</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>219,770</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>221,537</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>216,029</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>218,147</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>214,262</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>216,931</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,389</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,067</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,263</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,623</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,143</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,699</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,493</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,671</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,284</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,414</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,853</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,631</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,213</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,579</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>