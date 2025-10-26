--- v0 (2025-10-04)
+++ v1 (2025-10-26)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R62b65366c7e54695" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb0c9ffc41e834988" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rce8b610e86044c61"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6b68c2d84b1742f1"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R27a0016e7a2a4c3c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rce8b610e86044c61" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6e3906b4c771489c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6b68c2d84b1742f1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>German Bullish Dip</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9L4G0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...112 lines deleted...]
-          <x:t>92,037</x:t>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,934</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,042</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,962</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,834</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>92,082</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...207 lines deleted...]
-          <x:t>91,945</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,088</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>91,980</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>91,858</x:t>
-[...43 lines deleted...]
-          <x:t>92,028</x:t>
+          <x:t>92,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,202</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,041</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,108</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>92,153</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>92,002</x:t>
-[...107 lines deleted...]
-          <x:t>91,767</x:t>
+          <x:t>91,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,926</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>91,962</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...131 lines deleted...]
-          <x:t>91,950</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,719</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,667</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,728</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,677</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,507</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,388</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,391</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,954</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,851</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,858</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,903</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,931</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,049</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>