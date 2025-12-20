--- v1 (2025-10-26)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb0c9ffc41e834988" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra49f9d2f98c0472b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6b68c2d84b1742f1"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6342621db0b04a1b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6e3906b4c771489c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6b68c2d84b1742f1" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcb2015f2d6b54b6a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6342621db0b04a1b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>German Bullish Dip</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9L4G0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>24.09.2025</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,364</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,373</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,897</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,783</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,798</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,654</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,756</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,782</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,787</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,916</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,103</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>92,081</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>92,113</x:t>
-[...70 lines deleted...]
-          <x:t>29.09.2025</x:t>
+          <x:t>92,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,302</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,229</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,939</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,727</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,813</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>91,906</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>92,235</x:t>
-[...107 lines deleted...]
-          <x:t>92,153</x:t>
+          <x:t>91,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,967</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,932</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>91,933</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>91,950</x:t>
-[...404 lines deleted...]
-          <x:t>91,049</x:t>
+          <x:t>91,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,793</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,541</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,598</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>