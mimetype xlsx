--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra49f9d2f98c0472b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0c6ec4bbeb594b60" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6342621db0b04a1b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0f1b5f69a87048a4"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcb2015f2d6b54b6a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6342621db0b04a1b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8e4f63a292ca4127" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0f1b5f69a87048a4" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>German Bullish Dip</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9L4G0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...80 lines deleted...]
-          <x:t>24.11.2025</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,939</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,727</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,845</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>91,642</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>91,706</x:t>
+          <x:t>91,813</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,967</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,932</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,793</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,541</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,598</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,439</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>91,475</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>91,585</x:t>
-[...502 lines deleted...]
-          <x:t>91,678</x:t>
+          <x:t>91,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,347</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,266</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,282</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,196</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,368</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,488</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,518</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>91,502</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>91,598</x:t>
+          <x:t>91,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,571</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>