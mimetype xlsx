--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0c6ec4bbeb594b60" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8e675ba863f34722" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0f1b5f69a87048a4"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc94adf9a68254d60"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8e4f63a292ca4127" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0f1b5f69a87048a4" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rab383550e9d94284" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc94adf9a68254d60" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>German Bullish Dip</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9L4G0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>91,571</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,989</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,131</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,479</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,148</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,245</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,911</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,379</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,871</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,966</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,003</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,961</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,669</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,503</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,859</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,553</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,511</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,508</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,616</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,494</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,617</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>