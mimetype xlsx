--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8e675ba863f34722" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R21f7fd326cbb4c08" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc94adf9a68254d60"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R95ff98fbc4e44932"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rab383550e9d94284" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc94adf9a68254d60" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfb850111af204558" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R95ff98fbc4e44932" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>German Bullish Dip</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9L4G0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>89,641</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>89,651</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>89,262</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>89,503</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>89,488</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>89,708</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>89,453</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>89,617</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,601</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,473</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,482</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,133</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,416</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,018</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,041</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,551</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,649</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,516</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,592</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>