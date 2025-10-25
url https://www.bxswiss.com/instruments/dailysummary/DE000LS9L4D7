--- v0 (2025-10-03)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcbf7a808d73c4cdb" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf8e4bd171a554dc9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7a105888025a46d6"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra5ad23bd8d804552"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9790a57f181f4597" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7a105888025a46d6" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0958f3ff259c4e12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra5ad23bd8d804552" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Swiss Leadership Reputation EUR</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9L4D7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>23.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>156,788</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>157,367</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>156,237</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>156,347</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,463 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>02.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>157,948</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>158,231</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>157,210</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>157,486</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,759</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,318</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,789</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,489</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,765</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,233</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,806</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,539</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,584</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,201</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,686</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,862</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,029</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>