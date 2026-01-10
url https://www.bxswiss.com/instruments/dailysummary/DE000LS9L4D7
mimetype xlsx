--- v1 (2025-10-25)
+++ v2 (2026-01-10)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf8e4bd171a554dc9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd6864538d2fc4313" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra5ad23bd8d804552"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0aa0ca5d1585444b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0958f3ff259c4e12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra5ad23bd8d804552" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R14610d310ede4e07" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0aa0ca5d1585444b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Swiss Leadership Reputation EUR</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9L4D7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,511 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...576 lines deleted...]
-          <x:t>160,940</x:t>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,965</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,373</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,198</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,152</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,078</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,547</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,355</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>160,079</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...55 lines deleted...]
-          <x:t>161,029</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,299</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,143</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,621</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,431</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,523</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,276</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,039</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>