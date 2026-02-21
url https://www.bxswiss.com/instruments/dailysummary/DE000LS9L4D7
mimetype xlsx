--- v2 (2026-01-10)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd6864538d2fc4313" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0d6d9eca6b22497a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0aa0ca5d1585444b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdc67deaa9e8f46a0"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R14610d310ede4e07" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0aa0ca5d1585444b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R355e7b5319b34659" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdc67deaa9e8f46a0" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Swiss Leadership Reputation EUR</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9L4D7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,511 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.12.2025</x:t>
-[...26 lines deleted...]
-          <x:t>10.12.2025</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,723</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,741</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,027</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,868</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,965</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,904</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,904</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,506</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,427</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,208</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,479</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,353</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,729</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>159,234</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...443 lines deleted...]
-          <x:t>162,039</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,591</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,709</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,883</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,949</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,812</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,033</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,581</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,507</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,354</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>