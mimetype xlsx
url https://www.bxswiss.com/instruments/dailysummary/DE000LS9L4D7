--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0d6d9eca6b22497a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8a18f04162b041c4" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdc67deaa9e8f46a0"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4570cf3538b842e2"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R355e7b5319b34659" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdc67deaa9e8f46a0" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R86763727af574dee" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4570cf3538b842e2" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Swiss Leadership Reputation EUR</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9L4D7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,583 +149,205 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...284 lines deleted...]
-          <x:t>156,641</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,709</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>159,479</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...40 lines deleted...]
-          <x:t>159,381</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,883</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,949</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,812</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,034</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>157,729</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>159,234</x:t>
-[...187 lines deleted...]
-        <x:is>
           <x:t>159,033</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>18.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>159,681</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>160,765</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>159,444</x:t>
         </x:is>
       </x:c>
@@ -764,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>160,472</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>162,050</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>160,442</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>161,354</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,686</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,556</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,209</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,318</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,981</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,287</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,533</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,308</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,661</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,476</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,849</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,954</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,324</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>