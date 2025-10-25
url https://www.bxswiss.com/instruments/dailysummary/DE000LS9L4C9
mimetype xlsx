--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1d6f4f9a52924c24" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbe58b5df8a774215" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R01098333c14c4cef"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7cc6064c36bb4611"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Reb30fb46e55d4983" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R01098333c14c4cef" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rde7ca8c4fabc4503" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7cc6064c36bb4611" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Turn the value</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9L4C9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...68 lines deleted...]
-          <x:t>85,471</x:t>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,162</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,037</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,029</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,303</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,717</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,651</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>85,692</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...84 lines deleted...]
-          <x:t>10.09.2025</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,636</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,569</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,883</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,281</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,807</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>85,627</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>85,869</x:t>
-[...468 lines deleted...]
-          <x:t>85,720</x:t>
+          <x:t>85,627</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,544</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,247</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,321</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,228</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,172</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,606</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>