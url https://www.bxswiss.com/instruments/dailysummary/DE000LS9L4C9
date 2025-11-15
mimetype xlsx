--- v1 (2025-10-25)
+++ v2 (2025-11-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbe58b5df8a774215" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R75dd5b823a534a35" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7cc6064c36bb4611"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd1f7c0d860f04bda"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rde7ca8c4fabc4503" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7cc6064c36bb4611" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Reee3bb9e35ad46e2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd1f7c0d860f04bda" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Turn the value</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9L4C9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...149 lines deleted...]
-          <x:t>83,887</x:t>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,544</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,247</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,321</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,228</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,172</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,606</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,692</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,419</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,179</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,076</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,242</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,136</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>84,717</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.10.2025</x:t>
-[...458 lines deleted...]
-          <x:t>24.10.2025</x:t>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,237</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,163</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,653</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,006</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>85,059</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>85,606</x:t>
-[...9 lines deleted...]
-          <x:t>85,606</x:t>
+          <x:t>85,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,258</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,463</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,196</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>