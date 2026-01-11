--- v2 (2025-11-15)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R75dd5b823a534a35" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R01f7b4f331e64fa5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd1f7c0d860f04bda"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3945d5256ecf4a2b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Reee3bb9e35ad46e2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd1f7c0d860f04bda" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf7ec0658f24d4151" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3945d5256ecf4a2b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Turn the value</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9L4C9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.10.2025</x:t>
-[...640 lines deleted...]
-          <x:t>84,196</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,949</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,596</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,441</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,098</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,179</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,002</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,017</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,592</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,189</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,465</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>