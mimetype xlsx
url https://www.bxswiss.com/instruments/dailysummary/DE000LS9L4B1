--- v0 (2025-10-25)
+++ v1 (2025-11-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9af146b41b384f5b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R504397f197fe4fe6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2ebf271bcaf94815"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rea6aaaf98da24366"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re4229793481e4a93" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2ebf271bcaf94815" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5dbc82d2ef6c4d03" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rea6aaaf98da24366" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Global Rendite Champions</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9L4B1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>14.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>251,119</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>253,332</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>249,684</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>251,692</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>24.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>266,245</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>271,113</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>265,803</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>270,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,406</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,549</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,601</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,283</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,817</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,704</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,956</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,968</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,151</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,154</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,990</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>