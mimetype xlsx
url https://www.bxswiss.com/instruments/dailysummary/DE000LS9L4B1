--- v1 (2025-11-15)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R504397f197fe4fe6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd04c582f2bcc4e8a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rea6aaaf98da24366"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3767657816cd43c5"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5dbc82d2ef6c4d03" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rea6aaaf98da24366" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1f4ec6058d02493f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3767657816cd43c5" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Global Rendite Champions</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9L4B1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.10.2025</x:t>
-[...166 lines deleted...]
-          <x:t>265,815</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,106</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,449</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,132</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,164</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,644</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,085</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,992</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,946</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,686</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>266,604</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...465 lines deleted...]
-          <x:t>263,990</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,779</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,979</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,438</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,953</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,186</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,992</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,124</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,593</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,215</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>