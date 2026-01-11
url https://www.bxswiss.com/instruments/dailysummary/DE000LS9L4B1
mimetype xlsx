--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd04c582f2bcc4e8a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc73575a531a04a95" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3767657816cd43c5"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8366fc35a79d47bd"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1f4ec6058d02493f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3767657816cd43c5" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra3d80cdf3350410c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8366fc35a79d47bd" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Global Rendite Champions</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9L4B1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>267,022</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>267,663</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>264,488</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>265,580</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>259,769</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>262,557</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>258,551</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>262,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,811</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,029</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,569</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,033</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,131</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,416</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>