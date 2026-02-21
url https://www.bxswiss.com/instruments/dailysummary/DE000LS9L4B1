--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc73575a531a04a95" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc3a005e83efe4556" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8366fc35a79d47bd"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4066595f6be646ac"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra3d80cdf3350410c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8366fc35a79d47bd" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0724053ba03a446e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4066595f6be646ac" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Global Rendite Champions</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9L4B1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>255,416</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,347</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,366</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,281</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,922</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,562</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,097</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,286</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,949</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,952</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,241</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,846</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,002</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,042</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,983</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,739</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,928</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,004</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,218</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,247</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>