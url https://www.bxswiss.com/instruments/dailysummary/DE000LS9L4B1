--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc3a005e83efe4556" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbd4ce46ffabf48c5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4066595f6be646ac"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6e3c90599ebf493a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0724053ba03a446e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4066595f6be646ac" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rea555374f02347b6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6e3c90599ebf493a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Global Rendite Champions</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9L4B1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>241,797</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>242,674</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>239,910</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>242,042</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>231,394</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>232,331</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>228,827</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>231,247</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,764</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,958</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,487</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,101</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,083</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,869</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,713</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,308</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,106</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,469</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,454</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,757</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,564</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,107</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,539</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>