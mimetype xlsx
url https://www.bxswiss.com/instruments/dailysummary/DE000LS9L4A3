--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8ed1e8e8b2f34e9f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2df86db23ae7423c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7e331ca153184aed"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R77ea015d57894ec7"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra8356020ca464175" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7e331ca153184aed" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9e4ab2b31f944c36" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R77ea015d57894ec7" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Longterm Markets</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9L4A3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...269 lines deleted...]
-          <x:t>16.09.2025</x:t>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,091</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,988</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>145,280</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>145,691</x:t>
-[...16 lines deleted...]
-          <x:t>17.09.2025</x:t>
+          <x:t>145,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,386</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,454</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,047</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,588</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,281</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,087</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,714</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,961</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,326</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,062</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,484</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,692</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,426</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,099</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>144,931</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>145,294</x:t>
-[...333 lines deleted...]
-          <x:t>147,281</x:t>
+          <x:t>145,976</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,449</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,257</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,331</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,419</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>