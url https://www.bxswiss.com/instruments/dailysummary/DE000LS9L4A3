--- v1 (2025-10-25)
+++ v2 (2025-11-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2df86db23ae7423c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcab9e376cc094777" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R77ea015d57894ec7"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8648d994d4134b74"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9e4ab2b31f944c36" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R77ea015d57894ec7" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf8d31416816e4509" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8648d994d4134b74" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Longterm Markets</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9L4A3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>14.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>144,199</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>144,446</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>143,136</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>144,062</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>24.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>146,709</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>147,733</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>146,545</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>147,419</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,229</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,921</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,591</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,782</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,734</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,844</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,773</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,641</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,432</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,621</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,873</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,851</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>