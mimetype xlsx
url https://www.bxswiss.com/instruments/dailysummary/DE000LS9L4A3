--- v2 (2025-11-15)
+++ v3 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcab9e376cc094777" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3e20d43e0ac540cc" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8648d994d4134b74"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R60cf47e528e745c7"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf8d31416816e4509" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8648d994d4134b74" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0a0ff01a335148a2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R60cf47e528e745c7" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Longterm Markets</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9L4A3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.10.2025</x:t>
-[...382 lines deleted...]
-          <x:t>147,921</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,212</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,041</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,113</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,307</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,546</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,835</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,428</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,384</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,067</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,064</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,558</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,697</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,999</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,726</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,074</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>149,303</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>147,896</x:t>
-[...247 lines deleted...]
-          <x:t>141,851</x:t>
+          <x:t>148,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,032</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,354</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,384</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,137</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,607</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,344</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,518</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>