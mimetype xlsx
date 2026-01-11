--- v3 (2025-12-20)
+++ v4 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3e20d43e0ac540cc" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc707f3846e5849be" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R60cf47e528e745c7"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R698387dce7c641af"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0a0ff01a335148a2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R60cf47e528e745c7" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R32bc1117f1cd4e3b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R698387dce7c641af" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Longterm Markets</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9L4A3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...333 lines deleted...]
-          <x:t>149,051</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,032</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,354</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,384</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,137</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,607</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,344</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,518</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,626</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,364</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,428</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,614</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>146,880</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>147,558</x:t>
-[...296 lines deleted...]
-          <x:t>146,518</x:t>
+          <x:t>146,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,858</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,243</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,948</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,896</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,869</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>