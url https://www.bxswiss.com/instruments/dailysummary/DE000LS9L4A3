--- v4 (2026-01-11)
+++ v5 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc707f3846e5849be" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R637f5719800a46e8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R698387dce7c641af"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R471eb3b2e80f42b6"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R32bc1117f1cd4e3b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R698387dce7c641af" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R27654cd54c804fac" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R471eb3b2e80f42b6" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Longterm Markets</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9L4A3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...269 lines deleted...]
-          <x:t>29.12.2025</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,204</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,159</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,444</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,659</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,272</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,646</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,651</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,189</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,357</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,707</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,794</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,529</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,971</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,790</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>146,799</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>146,953</x:t>
-[...171 lines deleted...]
-          <x:t>152,869</x:t>
+          <x:t>146,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,722</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,671</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,801</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,299</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,724</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,889</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>