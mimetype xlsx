--- v5 (2026-02-21)
+++ v6 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R637f5719800a46e8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb25fd9fff18149aa" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R471eb3b2e80f42b6"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R56ebd842b42a44cf"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R27654cd54c804fac" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R471eb3b2e80f42b6" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R15ef1548bc6b4258" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R56ebd842b42a44cf" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Longterm Markets</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9L4A3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...9 lines deleted...]
-          <x:t>149,448</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,529</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,971</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,722</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,671</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,801</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,299</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,724</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>146,695</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>149,204</x:t>
-[...582 lines deleted...]
-        <x:is>
           <x:t>147,224</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>146,680</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>146,889</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,696</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,687</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,898</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,368</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,206</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,489</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,404</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,416</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,052</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,485</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>