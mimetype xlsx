--- v0 (2025-10-15)
+++ v1 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4c380bc04aaa4d6e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb5a9deca93894132" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9aa90f7ce1224304"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9e46afc61e784e52"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6ce7ad7fa0dd4a74" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9aa90f7ce1224304" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rad5b15018aa94885" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9e46afc61e784e52" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3D Drucker Megatrend</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9L491</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>15.09.2025</x:t>
-[...522 lines deleted...]
-          <x:t>122,858</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,061</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,338</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,996</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,133</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,133</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,594</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,689</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,316</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,126</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,722</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,412</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,347</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,492</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,447</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>122,509</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...13 lines deleted...]
-          <x:t>121,474</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,509</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,509</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,528</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,984</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,571</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>121,555</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>121,215</x:t>
-[...31 lines deleted...]
-          <x:t>120,502</x:t>
+          <x:t>122,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,955</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>