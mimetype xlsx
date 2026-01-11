--- v1 (2025-12-21)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb5a9deca93894132" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Raf51dd3ca8f24aaa" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9e46afc61e784e52"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R56908dee9b954810"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rad5b15018aa94885" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9e46afc61e784e52" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7eb0a0e5bbd448ff" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R56908dee9b954810" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3D Drucker Megatrend</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9L491</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...306 lines deleted...]
-          <x:t>122,723</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,509</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,509</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,509</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,528</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,984</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,571</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,955</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,001</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,112</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,294</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>122,393</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...298 lines deleted...]
-          <x:t>121,955</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,537</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,847</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,467</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,467</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,115</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>