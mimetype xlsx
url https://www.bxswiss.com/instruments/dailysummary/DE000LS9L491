--- v2 (2026-01-11)
+++ v3 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Raf51dd3ca8f24aaa" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2372bc1c81624573" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R56908dee9b954810"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re047b4763e444484"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7eb0a0e5bbd448ff" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R56908dee9b954810" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9ccf7dcaab5843a4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re047b4763e444484" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3D Drucker Megatrend</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9L491</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,626 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>126,115</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,402</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,991</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,527</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,527</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,076</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,076</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,234</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,222</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,883</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,686</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,408</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,657</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,619</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,619</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>