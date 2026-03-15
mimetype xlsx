--- v3 (2026-02-22)
+++ v4 (2026-03-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2372bc1c81624573" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5edab7acbaec49ad" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re047b4763e444484"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2b0bdaafa16f40a9"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9ccf7dcaab5843a4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re047b4763e444484" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd0b16e3643d747fb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2b0bdaafa16f40a9" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3D Drucker Megatrend</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9L491</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,563 +149,97 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...38 lines deleted...]
-          <x:t>126,106</x:t>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,686</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,591</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>126,180</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>125,731</x:t>
-[...462 lines deleted...]
-        <x:is>
           <x:t>126,408</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>18.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>127,423</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>127,815</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>126,986</x:t>
         </x:is>
       </x:c>
@@ -744,31 +278,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>127,622</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>127,654</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>127,459</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>127,619</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,947</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,977</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,898</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,318</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,118</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,763</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,099</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,099</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,986</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,282</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,192</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,803</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,978</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,978</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>