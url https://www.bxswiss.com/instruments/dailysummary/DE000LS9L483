--- v0 (2025-10-03)
+++ v1 (2025-11-13)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rea6f6bae3c6341b2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R29aef15015654d14" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Refca1df0a8ca4212"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R705d329883ed4aea"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Raf24a55443c64bf2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Refca1df0a8ca4212" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R775dd235f1da44d3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R705d329883ed4aea" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>MonLithium+</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9L483</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>94,688</x:t>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,868</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,573</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,983</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,432</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,941</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,173</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,601</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,861</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,732</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,761</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,112</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,534</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,534</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,523</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,712</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,712</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,009</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,698</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,257</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>