--- v1 (2025-11-13)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R29aef15015654d14" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6bfc760e786c4ac8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R705d329883ed4aea"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R35a650a632144121"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R775dd235f1da44d3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R705d329883ed4aea" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re8097c4cc3794ad2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R35a650a632144121" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>MonLithium+</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9L483</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>13.10.2025</x:t>
-[...58 lines deleted...]
-          <x:t>102,983</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,418</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,053</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,001</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,673</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,957</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,153</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,584</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,149</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,701</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,062</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,175</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>104,190</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>102,592</x:t>
-[...544 lines deleted...]
-          <x:t>98,257</x:t>
+          <x:t>103,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,979</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,894</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,502</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,922</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,922</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,429</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,737</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,844</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,668</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,179</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>