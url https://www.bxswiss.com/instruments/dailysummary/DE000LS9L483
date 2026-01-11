--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6bfc760e786c4ac8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6fe92fc16444497e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R35a650a632144121"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd8b6e9c75b5844c2"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re8097c4cc3794ad2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R35a650a632144121" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re02e1fab015744c8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd8b6e9c75b5844c2" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>MonLithium+</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9L483</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,586 +149,161 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...301 lines deleted...]
-          <x:t>104,175</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,429</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,737</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,844</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,148</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>104,190</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...224 lines deleted...]
-      </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>17.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>105,746</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>105,880</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>105,597</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>105,668</x:t>
@@ -764,31 +339,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>106,353</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>107,327</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>106,227</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>107,179</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,089</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,089</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,642</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,642</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,644</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,644</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,887</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>