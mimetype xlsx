--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6fe92fc16444497e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R71f9d9ec010e4959" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd8b6e9c75b5844c2"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2453656c81194226"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re02e1fab015744c8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd8b6e9c75b5844c2" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7f0d55b3fd454fb2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2453656c81194226" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>MonLithium+</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9L483</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,464 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...431 lines deleted...]
-          <x:t>113,887</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,404</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,855</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,853</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,842</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,579</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,698</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,802</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,195</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,122</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,866</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,502</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,502</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,913</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,433</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,964</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,712</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,469</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>