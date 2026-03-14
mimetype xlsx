--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R71f9d9ec010e4959" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R177cc523a6864b01" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2453656c81194226"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf20dc0f913354454"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7f0d55b3fd454fb2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2453656c81194226" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Raa6653923c624531" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf20dc0f913354454" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>MonLithium+</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9L483</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,77 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...338 lines deleted...]
-          <x:t>105,950</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,948</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>108,502</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.02.2026</x:t>
-[...52 lines deleted...]
-        <x:is>
           <x:t>11.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>108,888</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>110,026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>108,580</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>108,913</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>107,448</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>108,325</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>107,030</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>107,469</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,364</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,522</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,085</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,679</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,991</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,928</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,081</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,156</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,461</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,193</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,937</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,156</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>