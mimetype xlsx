--- v0 (2025-10-25)
+++ v1 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9c4b0273950c45e6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbee58986a706487c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb9793904233642d0"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R56308742307f4857"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0561f645e48a4827" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb9793904233642d0" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R68856efadb91430f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R56308742307f4857" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Rubine des Suedens</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9L475</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>108,834</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,258</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,679</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,526</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,896</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,845</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,288</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,286</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,766</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,067</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,533</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,651</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,422</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,188</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,450</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>