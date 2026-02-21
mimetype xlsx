--- v1 (2026-01-11)
+++ v2 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbee58986a706487c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9521bfea62324107" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R56308742307f4857"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd87f9ec4f1914b9a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R68856efadb91430f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R56308742307f4857" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R87469bc2b13e4de0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd87f9ec4f1914b9a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Rubine des Suedens</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9L475</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...176 lines deleted...]
-          <x:t>106,442</x:t>
+          <x:t>20.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>106,845</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...266 lines deleted...]
-          <x:t>107,450</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,541</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,788</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,096</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,613</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,506</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,899</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,788</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,803</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,601</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,411</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,129</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,167</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,337</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,054</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,781</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,674</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,293</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,736</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,012</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>