--- v2 (2026-02-21)
+++ v3 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9521bfea62324107" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbed82824d3f6458c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd87f9ec4f1914b9a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc28315c184f1429a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R87469bc2b13e4de0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd87f9ec4f1914b9a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4013bc3bdaa74650" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc28315c184f1429a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Rubine des Suedens</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9L475</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...279 lines deleted...]
-          <x:t>103,620</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,337</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,054</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,781</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,674</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,363</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>102,601</x:t>
-[...195 lines deleted...]
-          <x:t>13.02.2026</x:t>
+          <x:t>103,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,293</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,736</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,870</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>103,248</x:t>
-[...133 lines deleted...]
-        <x:is>
           <x:t>103,419</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,797</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>103,012</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,103</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,299</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,387</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,131</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,145</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,518</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,461</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,844</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,426</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,889</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,266</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,085</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,494</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>