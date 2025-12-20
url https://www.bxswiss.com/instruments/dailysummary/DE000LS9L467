--- v0 (2025-10-25)
+++ v1 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc23e482bad1c44f8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd0b38c811e7645f0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R74eac1dd2b0a463b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R919895da015e466a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R35ced45867c64052" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R74eac1dd2b0a463b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8db0f628e0454bf0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R919895da015e466a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>PB Indexwerte Momentum</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9L467</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>351,353</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>339,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>351,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>338,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>346,827</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>367,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>368,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>354,532</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>337,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>341,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>336,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>340,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>343,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>333,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>343,073</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>338,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>338,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>332,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>337,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>345,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>331,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>341,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>339,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>340,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>339,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>339,494</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>341,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>343,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>336,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>336,538</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>332,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>340,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>338,991</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>341,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>341,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>344,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>338,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>340,523</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>341,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>344,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>339,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>343,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>348,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>348,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>345,262</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>348,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>348,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>345,262</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>351,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>351,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>346,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>349,371</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>348,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>349,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>341,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>343,835</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>336,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>338,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,558</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>336,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>341,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,468</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>333,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>333,826</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>331,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>332,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>333,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,863</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,447</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>337,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,697</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>