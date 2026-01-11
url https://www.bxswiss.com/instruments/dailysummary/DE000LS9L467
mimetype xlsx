--- v1 (2025-12-20)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd0b38c811e7645f0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0468c1a84cfc44b7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R919895da015e466a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0ac3f8b53a3b4bbf"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8db0f628e0454bf0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R919895da015e466a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb4ef6a3f52d84863" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0ac3f8b53a3b4bbf" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>PB Indexwerte Momentum</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9L467</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>348,066</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>349,930</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>341,963</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>343,835</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>330,468</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>337,672</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>328,844</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>335,697</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>341,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>343,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>339,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>341,509</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>339,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>346,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>337,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>346,433</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>348,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>343,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>345,897</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>346,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>348,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>346,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>348,337</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>351,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,946</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>351,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>351,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,619</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,748</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>356,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,518</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>349,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,439</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>