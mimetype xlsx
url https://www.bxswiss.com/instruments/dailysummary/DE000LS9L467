--- v2 (2026-01-11)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0468c1a84cfc44b7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rab16e6e35b7c48c8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0ac3f8b53a3b4bbf"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rba2c5e2698b34df4"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb4ef6a3f52d84863" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0ac3f8b53a3b4bbf" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb0c91e519cc94c12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rba2c5e2698b34df4" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>PB Indexwerte Momentum</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9L467</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...215 lines deleted...]
-          <x:t>22.12.2025</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>332,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>340,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>338,973</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>345,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>341,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>343,917</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>341,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>349,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>340,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>345,918</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>339,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>340,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>336,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>339,708</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>341,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>334,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>339,541</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>343,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>345,135</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>341,009</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>343,135</x:t>
-[...225 lines deleted...]
-          <x:t>350,439</x:t>
+          <x:t>343,639</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>331,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>334,408</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>337,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>346,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>336,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>343,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,352</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>337,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>338,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,767</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,326</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>312,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>312,531</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>313,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>313,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>317,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>338,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>336,334</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>334,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>336,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>332,636</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>340,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>336,183</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>338,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,885</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,538</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>317,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,277</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>332,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,379</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>334,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>334,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>332,563</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>333,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>333,307</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>