--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rab16e6e35b7c48c8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd0ef01d592d44308" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rba2c5e2698b34df4"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4a542f6d8d1d4f45"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb0c91e519cc94c12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rba2c5e2698b34df4" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R44e8057ef4dc4ac8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4a542f6d8d1d4f45" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>PB Indexwerte Momentum</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9L467</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>334,916</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>336,627</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>330,284</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>332,636</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>333,323</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>335,565</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>330,826</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>333,307</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>334,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>341,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>333,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,089</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>339,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>340,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>331,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>338,986</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>341,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>346,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>341,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>346,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>333,356</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>332,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>332,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,251</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>310,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,809</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,536</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>331,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,291</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>332,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,714</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,577</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>314,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,776</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>332,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>331,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>332,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>332,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>332,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,609</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>334,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,339</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>