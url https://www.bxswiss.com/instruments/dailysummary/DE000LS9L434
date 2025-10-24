--- v0 (2025-10-03)
+++ v1 (2025-10-24)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R58ce101173df4ec8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R39c3a7403fda44bf" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra28f79bd79f440a3"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc6abc98f1c89411b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf23af128251f4c43" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra28f79bd79f440a3" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb368adf6bff349cc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc6abc98f1c89411b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>StrategiePremium</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9L434</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>22.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>186,565</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>186,664</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>185,855</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>186,158</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>02.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>190,354</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>191,295</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>189,975</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>190,568</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,516</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,598</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,871</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,406</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,462</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,401</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,507</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,479</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,362</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,774</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,979</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,893</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,029</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,075</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>