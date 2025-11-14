--- v1 (2025-10-24)
+++ v2 (2025-11-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R39c3a7403fda44bf" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R77cebfaa20a84d38" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc6abc98f1c89411b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd593a9d1bb9e45f7"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb368adf6bff349cc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc6abc98f1c89411b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd5025a9783b3460b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd593a9d1bb9e45f7" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>StrategiePremium</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9L434</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,563 +149,158 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>22.09.2025</x:t>
-[...122 lines deleted...]
-          <x:t>187,021</x:t>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,507</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,479</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,362</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,753</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>187,774</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>17.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>182,412</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>187,188</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>182,354</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>185,979</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>23.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>190,156</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>190,386</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>189,219</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>190,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,217</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,953</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,234</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,081</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,589</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,993</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,296</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,972</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,653</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,196</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,337</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,484</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,002</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>