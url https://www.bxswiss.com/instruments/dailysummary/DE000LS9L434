--- v2 (2025-11-14)
+++ v3 (2026-01-09)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R77cebfaa20a84d38" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R81527c3d13f9445c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd593a9d1bb9e45f7"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R292f1fedb71c474f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd5025a9783b3460b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd593a9d1bb9e45f7" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R729c44d686a34640" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R292f1fedb71c474f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>StrategiePremium</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9L434</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,511 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>13.10.2025</x:t>
-[...495 lines deleted...]
-          <x:t>201,671</x:t>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,138</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,737</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,058</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,669</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,062</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,869</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,161</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,646</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,417</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,887</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>198,311</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>198,972</x:t>
-[...134 lines deleted...]
-          <x:t>196,002</x:t>
+          <x:t>198,853</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,798</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,362</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,524</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,979</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>