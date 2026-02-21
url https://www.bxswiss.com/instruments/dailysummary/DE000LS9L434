--- v3 (2026-01-09)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R81527c3d13f9445c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc7deec1f3f1346ab" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R292f1fedb71c474f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R729e15139ebb4999"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R729c44d686a34640" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R292f1fedb71c474f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb86045461ce84563" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R729e15139ebb4999" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>StrategiePremium</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9L434</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,511 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.12.2025</x:t>
-[...478 lines deleted...]
-          <x:t>198,979</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,402</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,732</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,566</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,111</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,323</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,348</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,346</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,796</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,812</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,124</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,504</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,061</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,433</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,412</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,223</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,967</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,438</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,211</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,780</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>