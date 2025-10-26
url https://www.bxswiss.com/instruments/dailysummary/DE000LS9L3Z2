--- v0 (2025-10-04)
+++ v1 (2025-10-26)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9d38741ab79a465d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra0128e4f85754c73" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6c1c99916441494f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ref017787a7654471"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0a86ac3e02a14eea" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6c1c99916441494f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R76afe5a4a87d4171" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ref017787a7654471" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Automatisierung und Robotik</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9L3Z2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>24.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>136,128</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>136,416</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>136,029</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>136,066</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>138,215</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>138,246</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>137,530</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>137,733</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,084</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,673</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,363</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,218</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,318</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,332</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,387</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,462</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,462</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,999</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,167</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,057</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>