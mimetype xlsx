--- v1 (2025-10-26)
+++ v2 (2026-01-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra0128e4f85754c73" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rba0648897a584e24" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ref017787a7654471"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6318aa9f5ab64a9f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R76afe5a4a87d4171" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ref017787a7654471" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R11440092bb07499e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6318aa9f5ab64a9f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Automatisierung und Robotik</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9L3Z2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,511 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>24.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>139,057</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,622</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,046</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,804</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,449</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,126</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,983</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,983</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,427</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,317</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,946</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,269</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,251</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,491</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,264</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,409</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>