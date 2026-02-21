--- v2 (2026-01-16)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rba0648897a584e24" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R697838afd93d48ed" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6318aa9f5ab64a9f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4efae09039434491"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R11440092bb07499e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6318aa9f5ab64a9f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9e16809f55ef498a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4efae09039434491" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Automatisierung und Robotik</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9L3Z2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,511 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>15.12.2025</x:t>
-[...14 lines deleted...]
-          <x:t>140,345</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,423</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,964</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,885</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,885</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,066</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,066</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,007</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,371</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,646</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,998</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,934</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>140,622</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>16.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>144,409</x:t>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,739</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>