--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R697838afd93d48ed" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re3d827e89dc4443a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4efae09039434491"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R93ca7737938d485d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9e16809f55ef498a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4efae09039434491" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra0d1c5df45c34708" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R93ca7737938d485d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Automatisierung und Robotik</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9L3Z2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,605 +149,99 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...9 lines deleted...]
-          <x:t>140,447</x:t>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,371</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,780</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>139,773</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>140,170</x:t>
-[...533 lines deleted...]
-        <x:is>
           <x:t>138,088</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>139,646</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>18.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>140,487</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>141,064</x:t>
         </x:is>
       </x:c>
@@ -791,31 +285,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>140,928</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>141,106</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>140,733</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>140,739</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,671</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,354</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,354</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,567</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,844</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,191</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,048</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,967</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,343</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,153</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,859</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,102</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,471</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>