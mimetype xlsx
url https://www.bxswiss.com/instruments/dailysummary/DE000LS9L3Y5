--- v0 (2025-10-04)
+++ v1 (2025-10-31)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf23ac961ed80473c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2875b3ab236d4283" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R155463076c574c70"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfa899a5e39c4438a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R939bd0c5cbc34049" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R155463076c574c70" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc4bc3615a06e4132" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfa899a5e39c4438a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Im Andenken an meine Mutter</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9L3Y5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...377 lines deleted...]
-          <x:t>22.09.2025</x:t>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,146</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,203</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,071</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,179</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,596</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,456</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,428</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,586</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,651</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,651</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,651</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,143</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>226,545</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>226,802</x:t>
-[...252 lines deleted...]
-          <x:t>232,179</x:t>
+          <x:t>227,544</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,021</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,687</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,696</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,118</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,532</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,251</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,358</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,202</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,681</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,260</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>