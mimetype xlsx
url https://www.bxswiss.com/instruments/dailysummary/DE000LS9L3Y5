--- v1 (2025-10-31)
+++ v2 (2025-11-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2875b3ab236d4283" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R737d1366466644b1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfa899a5e39c4438a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfc2b3e155bcb4e49"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc4bc3615a06e4132" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfa899a5e39c4438a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8e4d00b0e1b2497c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfc2b3e155bcb4e49" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Im Andenken an meine Mutter</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9L3Y5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>20.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>226,686</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>227,942</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>225,971</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>227,696</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>30.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>240,596</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>241,709</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>237,933</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>240,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,517</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,826</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,469</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,154</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,058</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,156</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,337</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,363</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,939</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,224</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,613</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,348</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,115</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>