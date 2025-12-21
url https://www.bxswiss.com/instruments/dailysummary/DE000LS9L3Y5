--- v2 (2025-11-21)
+++ v3 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R737d1366466644b1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rda3dffa638714cc9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfc2b3e155bcb4e49"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R16d19a5b22dc420b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8e4d00b0e1b2497c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfc2b3e155bcb4e49" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7603d09c83ee4c03" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R16d19a5b22dc420b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Im Andenken an meine Mutter</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9L3Y5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.10.2025</x:t>
-[...592 lines deleted...]
-        <x:is>
           <x:t>19.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>223,342</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>227,915</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>223,342</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>225,348</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>229,860</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>230,789</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>224,791</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>225,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,712</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,964</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,061</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,047</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,416</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,777</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,154</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,656</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,102</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,364</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,493</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,809</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,691</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,173</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,363</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,846</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,543</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>