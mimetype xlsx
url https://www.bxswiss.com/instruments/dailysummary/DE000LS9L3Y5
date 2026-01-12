--- v3 (2025-12-21)
+++ v4 (2026-01-12)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rda3dffa638714cc9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R882d16cf49634e48" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R16d19a5b22dc420b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra23d7740768640f7"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7603d09c83ee4c03" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R16d19a5b22dc420b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R741debea67ba49e6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra23d7740768640f7" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Im Andenken an meine Mutter</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9L3Y5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>11.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>226,668</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>227,024</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>224,563</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>225,691</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +332,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>223,956</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>225,772</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>223,083</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>225,543</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,098</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,921</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,668</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,844</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,522</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,461</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,872</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,788</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,432</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>