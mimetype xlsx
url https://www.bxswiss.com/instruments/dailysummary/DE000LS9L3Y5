--- v4 (2026-01-12)
+++ v5 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R882d16cf49634e48" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R67bee7583e1e4f20" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra23d7740768640f7"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rddfc0919c7b54ffc"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R741debea67ba49e6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra23d7740768640f7" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R250724e5225c42d0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rddfc0919c7b54ffc" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Im Andenken an meine Mutter</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9L3Y5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,457 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>11.12.2025</x:t>
-[...424 lines deleted...]
-          <x:t>233,432</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,499</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,557</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,441</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,309</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,759</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,963</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,699</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,016</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,431</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,941</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,382</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,598</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,934</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,592</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,773</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,819</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,768</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,285</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>