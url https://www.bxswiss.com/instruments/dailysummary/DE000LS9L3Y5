--- v5 (2026-02-21)
+++ v6 (2026-03-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R67bee7583e1e4f20" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf24f58b71a334bff" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rddfc0919c7b54ffc"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcc099ba5cf1b44ef"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R250724e5225c42d0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rddfc0919c7b54ffc" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R00476f8d6f8a4373" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcc099ba5cf1b44ef" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Im Andenken an meine Mutter</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9L3Y5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,509 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...457 lines deleted...]
-        <x:is>
           <x:t>12.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>224,139</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>224,985</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>218,598</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>218,598</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +332,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>222,773</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>224,093</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>221,712</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>223,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,162</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,244</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,387</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,622</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,113</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,443</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,944</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,382</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,946</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,847</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,094</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,267</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,082</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,063</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,876</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>