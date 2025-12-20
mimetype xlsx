--- v0 (2025-10-25)
+++ v1 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb4bfb3e4034f4408" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb9c93f5705444c78" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R83941ec3448d42f4"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7f2fce5dbf0d43f1"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R08f9f36ba70548c2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R83941ec3448d42f4" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R806d2112d0db4b0b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7f2fce5dbf0d43f1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Champion of the year</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9L3X7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>113,900</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,831</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,441</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,513</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,956</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,922</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,579</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,079</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,743</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,221</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,661</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,494</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,552</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,884</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,589</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,322</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,803</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,701</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,126</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,353</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>