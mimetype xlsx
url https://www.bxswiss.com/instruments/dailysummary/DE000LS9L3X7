--- v1 (2025-12-20)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb9c93f5705444c78" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb04165e7f03c4628" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7f2fce5dbf0d43f1"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf119a2b378c64035"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R806d2112d0db4b0b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7f2fce5dbf0d43f1" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R54ee51ff8d754c54" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf119a2b378c64035" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Champion of the year</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9L3X7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>133,795</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>138,146</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>133,767</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>136,552</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>132,812</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>133,729</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>130,624</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>131,353</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,089</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,836</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,692</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,743</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,691</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,259</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,930</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>