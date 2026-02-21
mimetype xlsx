--- v2 (2026-01-11)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb04165e7f03c4628" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0d873f2e705449b2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf119a2b378c64035"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4adf8bcfd9f84bca"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R54ee51ff8d754c54" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf119a2b378c64035" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra9dd578dd7b94a1d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4adf8bcfd9f84bca" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Champion of the year</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9L3X7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>137,930</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,661</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,773</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,601</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,016</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,581</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,196</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,867</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,344</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,549</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,019</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,381</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,193</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,544</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,407</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,969</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,502</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,226</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,582</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,876</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,145</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>