--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0d873f2e705449b2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf6276554df834a2d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4adf8bcfd9f84bca"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbf13ed57f3c34be2"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra9dd578dd7b94a1d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4adf8bcfd9f84bca" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R38d2d79350f24171" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbf13ed57f3c34be2" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Champion of the year</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9L3X7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>165,989</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>168,837</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>161,250</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>161,544</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>176,549</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>178,841</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>174,098</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>178,145</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,428</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,154</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,039</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,887</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,669</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,604</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,717</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,857</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,927</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,197</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,568</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,578</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>