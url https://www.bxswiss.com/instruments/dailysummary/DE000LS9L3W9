--- v0 (2025-10-04)
+++ v1 (2025-10-26)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4945ad000d3c4228" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R596f02ba0946472d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R14b1c023622b4a32"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1f6955add8864a0b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R121b0cc831a6436d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R14b1c023622b4a32" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R12551d70ea234fc0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1f6955add8864a0b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>be proactive</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9L3W9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>24.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>248,964</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>249,350</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>243,721</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>245,239</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>268,324</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>274,723</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>267,843</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>272,489</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,224</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,848</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,823</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,939</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,906</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,449</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,217</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,091</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,704</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,362</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,954</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>