--- v1 (2025-10-26)
+++ v2 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R596f02ba0946472d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R57f06a537cbc4fe5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1f6955add8864a0b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd6d062f8e1674f02"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R12551d70ea234fc0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1f6955add8864a0b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6e4636725ef347e3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd6d062f8e1674f02" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>be proactive</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9L3W9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>24.09.2025</x:t>
-[...36 lines deleted...]
-          <x:t>247,005</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,049</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,302</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,845</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,813</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,219</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,557</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,602</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,267</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,659</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,369</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,299</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,156</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,144</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,488</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,944</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,397</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,080</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>241,076</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>242,759</x:t>
-[...566 lines deleted...]
-          <x:t>257,954</x:t>
+          <x:t>235,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,926</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,355</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>