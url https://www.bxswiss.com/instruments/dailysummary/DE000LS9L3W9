--- v2 (2025-12-21)
+++ v3 (2026-01-10)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R57f06a537cbc4fe5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R44fe6adc344244e9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd6d062f8e1674f02"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd5f8254e160945e4"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6e4636725ef347e3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd6d062f8e1674f02" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf174484ccfc1429b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd5f8254e160945e4" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>be proactive</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9L3W9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>09.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>238,999</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>241,661</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>235,087</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>236,144</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +386,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>236,025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>236,975</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>233,778</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>235,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,224</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,768</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,945</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,292</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,942</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,616</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>