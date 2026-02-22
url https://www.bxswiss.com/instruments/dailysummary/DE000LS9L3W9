--- v3 (2026-01-10)
+++ v4 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R44fe6adc344244e9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R97025b0be0424b4f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd5f8254e160945e4"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd2687c1b9f8b4aec"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf174484ccfc1429b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd5f8254e160945e4" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R982d046c322f4fe1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd2687c1b9f8b4aec" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>be proactive</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9L3W9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,511 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.12.2025</x:t>
-[...478 lines deleted...]
-          <x:t>244,616</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,313</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,063</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,789</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,971</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,193</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,426</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,810</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,849</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,576</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,419</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,242</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,031</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,114</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,803</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,749</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,792</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,256</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,383</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,613</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,707</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,363</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>