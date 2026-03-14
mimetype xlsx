--- v4 (2026-02-22)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R97025b0be0424b4f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9dbadd827c3d4e88" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd2687c1b9f8b4aec"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2219cdd53af84dd3"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R982d046c322f4fe1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd2687c1b9f8b4aec" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R93595c82af4f4ac6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2219cdd53af84dd3" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>be proactive</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9L3W9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...41 lines deleted...]
-          <x:t>228,308</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,749</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,792</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,256</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,383</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,613</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,707</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,363</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,701</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,769</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,102</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,135</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,819</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,129</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,583</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,797</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,017</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,707</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,146</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,625</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>231,063</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...563 lines deleted...]
-          <x:t>246,363</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,495</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>